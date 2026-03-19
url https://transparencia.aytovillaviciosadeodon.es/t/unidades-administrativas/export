--- v0 (2025-10-20)
+++ v1 (2026-03-19)
@@ -50,51 +50,51 @@
   <si>
     <t>documento_pdf_id</t>
   </si>
   <si>
     <t>documento_open_id</t>
   </si>
   <si>
     <t>contacto</t>
   </si>
   <si>
     <t>ubicacion</t>
   </si>
   <si>
     <t>URBANISMO</t>
   </si>
   <si>
     <t>CONCEJAL DELEGADO DE URBANISMO - FRANCISCO J. MORENO HERRANZ</t>
   </si>
   <si>
     <t>fjmoreno@v-odon.es</t>
   </si>
   <si>
     <t>PLAZA CONSTITUCIÓN, 4</t>
   </si>
   <si>
-    <t>TESORERIA</t>
+    <t>TESORERÍA</t>
   </si>
   <si>
     <t>CONCEJAL  DELEGADO DE ECONOMÍA Y HACIENDA - FEDERICO CRESPO IGLESIAS</t>
   </si>
   <si>
     <t>fcrespo@v-odon.es</t>
   </si>
   <si>
     <t>CENTRO MIGUEL DELIBES-C/ Torrelaguna,2</t>
   </si>
   <si>
     <t>SISTEMAS INFORMATICOS</t>
   </si>
   <si>
     <t>CONCEJAL DELEGADA DE NUEVAS TECNOLOGÍAS - CONSUELO BLANCO GAMBOA</t>
   </si>
   <si>
     <t>cblanco@v-odon.es</t>
   </si>
   <si>
     <t>PLAZA CONSTITUCIÓN, 1</t>
   </si>
   <si>
     <t>SERVICIOS SOCIALES</t>
   </si>
@@ -128,165 +128,165 @@
   <si>
     <t>RENTAS</t>
   </si>
   <si>
     <t>CONCEJAL DELEGADO ECONOMÍA Y HACIENDA - FEDERICO CRESPO IGLESIAS</t>
   </si>
   <si>
     <t>REGISTRO Y AACC</t>
   </si>
   <si>
     <t>CONCEJAL DELEGADO  ATENCIÓN AL CIUDADANO - IMANOL FERNÁNDEZ GAMA</t>
   </si>
   <si>
     <t>ifernandez@v-odon.es</t>
   </si>
   <si>
     <t>RECURSOS HUMANOS</t>
   </si>
   <si>
     <t>CONCEJAL DELEGADO DE RECURSOS HUMANOS - JOSÉ MANUEL PIÑEIRO PÉREZ</t>
   </si>
   <si>
     <t>jmpineiro@v-odon.es</t>
   </si>
   <si>
-    <t>PROMOCION DEL MUNICIPIO</t>
-[...2 lines deleted...]
-    <t>CONCEJAL DELEGADA DE PARTICIPACION CIUDADANA - ISABEL DONATE PALENCIA</t>
+    <t>PROMOCIÓN DEL MUNICIPIO</t>
+  </si>
+  <si>
+    <t>CONCEJAL DELEGADA DE PARTICIPACIÓN CIUDADANA - ISABEL DONATE PALENCIA</t>
   </si>
   <si>
     <t>C/ PUENTE, 2</t>
   </si>
   <si>
     <t>PRENSA</t>
   </si>
   <si>
-    <t>POLICIA LOCAL</t>
-[...8 lines deleted...]
-    <t>PARTICIPACION CIUDADANA Y FIESTAS</t>
+    <t>POLICÍA LOCAL</t>
+  </si>
+  <si>
+    <t>CONCEJAL DELEGADA DE SEGURIDAD CIUDADANA - MARÍA SAN ROMÁN ALONSO</t>
+  </si>
+  <si>
+    <t>POLICÍA LOCAL- C/ ZARZAL, 14</t>
+  </si>
+  <si>
+    <t>PARTICIPACIÓN CIUDADANA Y FIESTAS</t>
   </si>
   <si>
     <t>CONCEJAL DELEGADA DE P.CIUDADANA - ISABEL DONATE PALENCIA</t>
   </si>
   <si>
     <t>OBRAS</t>
   </si>
   <si>
     <t>CONCEJAL DELEGADO DE OBRAS PÚBLICAS - PABLO RODRÍGUEZ DELAGADO</t>
   </si>
   <si>
     <t>parodriguez@v-odon.es</t>
   </si>
   <si>
     <t>MEDIO AMBIENTE</t>
   </si>
   <si>
     <t>CONCEJAL DELEGADO DE MEDIO AMBIENTE - ERNESTO J. SERIGÓS SUSINI</t>
   </si>
   <si>
     <t>eserigos@v-odon.es</t>
   </si>
   <si>
     <t>MANTENIMIENTO DE LA CIUDAD</t>
   </si>
   <si>
     <t>CONCEJAL DELEGADO DE MANTENIMIENTO Y LIMPIEZA DE LA CIUDAD</t>
   </si>
   <si>
     <t>CONSTITUCIÓN, 4</t>
   </si>
   <si>
     <t>JUVENTUD</t>
   </si>
   <si>
     <t>CONCEJAL DELEGADA DE JUVENTUD - INMACULADA DELGADO CORTIJO</t>
   </si>
   <si>
     <t>idelgado@v-odoon.es</t>
   </si>
   <si>
-    <t>INTERVENCION GENERAL</t>
+    <t>INTERVENCIÓN GENERAL</t>
   </si>
   <si>
     <t>CONCEJAL DELEGADO DE ECONOMÍA Y HACIENDA - FEDERICO CRESPO IGLESIAS</t>
   </si>
   <si>
     <t>ALCALDÍA</t>
   </si>
   <si>
     <t>FOMENTO DEL EMPLEO</t>
   </si>
   <si>
     <t>CONCEJAL DELEGADA DE EMPLEO - MARÍA SAN ROMÁN ALONSO</t>
   </si>
   <si>
-    <t>ENTIDADES URBANISTICAS</t>
+    <t>ENTIDADES URBANÍSTICAS</t>
   </si>
   <si>
     <t>CONCEJAL DELEGADO DE ENTID. URBANÍSTICAS - PABLO RODRÍGUEZ DELAGADO</t>
   </si>
   <si>
-    <t>EDUCACION</t>
+    <t>EDUCACIÓN</t>
   </si>
   <si>
     <t>CONCEJAL DELEGADA DE EDUCACIÓN - INMACULADA DELGADO CORTIJO</t>
   </si>
   <si>
     <t>DEPORTES</t>
   </si>
   <si>
     <t>CONCEJAL DELEGADA DE DEPORTES - PILAR BAOS REVILLA</t>
   </si>
   <si>
     <t>mpbaos@v-odon.es</t>
   </si>
   <si>
     <t>CULTURA</t>
   </si>
   <si>
     <t>CONCEJAL DELEGADO DE CULTURA - FEDERICO CRESPO IGLESIAS</t>
   </si>
   <si>
     <t>COLISEO-Avd. Príncipe de Asturias, 163</t>
   </si>
   <si>
-    <t>CONTRATACION/COMPRAS</t>
+    <t>CONTRATACIÓN/COMPRAS</t>
   </si>
   <si>
     <t>BIBLIOTECA</t>
   </si>
   <si>
-    <t>ARCHIVO Y DOCUMENTACION</t>
+    <t>ARCHIVO Y DOCUMENTACIÓN</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -631,51 +631,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z28"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="75" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:Z1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="41" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="83" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="82" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="19" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="21" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
@@ -881,51 +881,51 @@
       </c>
       <c r="B12" t="s">
         <v>41</v>
       </c>
       <c r="C12" t="s">
         <v>25</v>
       </c>
       <c r="G12" t="s">
         <v>26</v>
       </c>
       <c r="H12" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="1">
         <v>167</v>
       </c>
       <c r="B13" t="s">
         <v>42</v>
       </c>
       <c r="C13" t="s">
         <v>43</v>
       </c>
       <c r="G13" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="H13" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="1">
         <v>166</v>
       </c>
       <c r="B14" t="s">
         <v>45</v>
       </c>
       <c r="C14" t="s">
         <v>46</v>
       </c>
       <c r="G14" t="s">
         <v>29</v>
       </c>
       <c r="H14" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="1">
         <v>165</v>