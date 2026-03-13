--- v0 (2026-01-20)
+++ v1 (2026-03-13)
@@ -12,116 +12,182 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="859">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="881">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>fecha</t>
   </si>
   <si>
     <t>organo</t>
   </si>
   <si>
     <t>sesion</t>
   </si>
   <si>
     <t>convocatoria_pdf_id</t>
   </si>
   <si>
     <t>convocatoria_open_id</t>
   </si>
   <si>
     <t>acta_pdf_id</t>
   </si>
   <si>
     <t>acta_open_id</t>
   </si>
   <si>
     <t>acuerdos_pdf_id</t>
   </si>
   <si>
     <t>acuerdos_open_id</t>
   </si>
   <si>
     <t>videoacta_pdf_id</t>
   </si>
   <si>
     <t>videoacta_open_id</t>
   </si>
   <si>
     <t>enlance_exterior</t>
   </si>
   <si>
     <t>nota_prensa</t>
   </si>
   <si>
     <t>years</t>
   </si>
   <si>
-    <t>14-12-2026</t>
+    <t>12-03-2026</t>
+  </si>
+  <si>
+    <t>Pleno</t>
+  </si>
+  <si>
+    <t>Extraordinaria y urgente</t>
+  </si>
+  <si>
+    <t>https://transparencia.aytovillaviciosadeodon.es/storage/uploads/1773300511Notif Decreto Convocatoria extraord. y urg. 12-03-2026 RS.pdf</t>
+  </si>
+  <si>
+    <t>11-03-2026</t>
   </si>
   <si>
     <t>Junta de Gobierno</t>
   </si>
   <si>
     <t>Ordinaria</t>
   </si>
   <si>
+    <t>https://transparencia.aytovillaviciosadeodon.es/storage/uploads/1773130410notif Decreto convocatoria JGL 11-03-2026 RS.pdf</t>
+  </si>
+  <si>
+    <t>09-03-2026</t>
+  </si>
+  <si>
+    <t>https://transparencia.aytovillaviciosadeodon.es/storage/uploads/1772803243NOTIF Decreto convocatoria extraordinaria urgente JGL 09-03-2025 RS.pdf</t>
+  </si>
+  <si>
+    <t>04-03-2026</t>
+  </si>
+  <si>
+    <t>https://transparencia.aytovillaviciosadeodon.es/storage/uploads/1772522506NOTIF Decreto convocatoria JGL 04-03-2026 f.pdf</t>
+  </si>
+  <si>
+    <t>25-02-2026</t>
+  </si>
+  <si>
+    <t>https://transparencia.aytovillaviciosadeodon.es/storage/uploads/1771856453NOTIF Decreto convocatoria JGL 25-02-2026 RS.pdf</t>
+  </si>
+  <si>
+    <t>23-02-2026</t>
+  </si>
+  <si>
+    <t>https://transparencia.aytovillaviciosadeodon.es/storage/uploads/1771485112NOTIF Decreto Convocatoria PLENO ORD 23-02-2026 RS.pdf</t>
+  </si>
+  <si>
+    <t>18-02-2026</t>
+  </si>
+  <si>
+    <t>https://transparencia.aytovillaviciosadeodon.es/storage/uploads/1771312968NOTIF Decreto convocatoria JGL 18-02-2026 RS.pdf</t>
+  </si>
+  <si>
+    <t>11-02-2026</t>
+  </si>
+  <si>
+    <t>https://transparencia.aytovillaviciosadeodon.es/storage/uploads/1770646035NOTIF Decreto convocatoria JGL 11-02-2026 RS.pdf</t>
+  </si>
+  <si>
+    <t>04-02-2026</t>
+  </si>
+  <si>
+    <t>https://transparencia.aytovillaviciosadeodon.es/storage/uploads/1770102530NOTIF Decreto convocatoria JGL 04-02-2026 F.pdf</t>
+  </si>
+  <si>
+    <t>28-01-2026</t>
+  </si>
+  <si>
+    <t>https://transparencia.aytovillaviciosadeodon.es/storage/uploads/1769499782NOTIF Decreto convocatoria JGL 28-01-2026 F.pdf</t>
+  </si>
+  <si>
+    <t>26-01-2026</t>
+  </si>
+  <si>
+    <t>https://transparencia.aytovillaviciosadeodon.es/storage/uploads/1769069854NOTIFICACION PLENO 2626-01-2026.pdf</t>
+  </si>
+  <si>
+    <t>14-01-2026</t>
+  </si>
+  <si>
     <t>https://transparencia.aytovillaviciosadeodon.es/storage/uploads/1768223762NOTIF Decreto convocatoria JGL 14-01-2026 F.pdf</t>
   </si>
   <si>
     <t>12-01-2026</t>
-  </si>
-[...4 lines deleted...]
-    <t>Extraordinaria y urgente</t>
   </si>
   <si>
     <t>https://transparencia.aytovillaviciosadeodon.es/storage/uploads/1768204186Notificación convocatoria extraord. y urg. 12-01-26.pdf</t>
   </si>
   <si>
     <t>07-01-2026</t>
   </si>
   <si>
     <t>https://transparencia.aytovillaviciosadeodon.es/storage/uploads/1767783880Notificación de la convocatoria sesión ordinaria JGL 07-01-2026.pdf</t>
   </si>
   <si>
     <t>02-01-2026</t>
   </si>
   <si>
     <t>https://transparencia.aytovillaviciosadeodon.es/storage/uploads/1767084543NOTIF Decreto convocatoria JGL 02-01-2026. RS.pdf</t>
   </si>
   <si>
     <t>30-12-2025</t>
   </si>
   <si>
     <t>Extraordinaria y Urgente</t>
   </si>
   <si>
     <t>https://transparencia.aytovillaviciosadeodon.es/storage/uploads/1767084453NOTIFICACION JGL 30-12-2025.pdf</t>
   </si>
@@ -2967,51 +3033,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z409"/>
+  <dimension ref="A1:Z420"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="75" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:Z1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="12" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="21" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="48" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="179" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="169" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="18" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="19" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="21" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="19" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
@@ -3052,8265 +3118,8485 @@
         <v>11</v>
       </c>
       <c r="M1" s="2" t="s">
         <v>12</v>
       </c>
       <c r="N1" s="2" t="s">
         <v>13</v>
       </c>
       <c r="O1" s="2" t="s">
         <v>14</v>
       </c>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
       <c r="T1" s="2"/>
       <c r="U1" s="2"/>
       <c r="V1" s="2"/>
       <c r="W1" s="2"/>
       <c r="X1" s="2"/>
       <c r="Y1" s="2"/>
       <c r="Z1" s="2"/>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="1">
-        <v>6849</v>
+        <v>7055</v>
       </c>
       <c r="B2" t="s">
         <v>15</v>
       </c>
       <c r="C2" t="s">
         <v>16</v>
       </c>
       <c r="D2" t="s">
         <v>17</v>
       </c>
       <c r="E2" t="s">
         <v>18</v>
       </c>
       <c r="O2">
         <v>2026</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="1">
-        <v>6848</v>
+        <v>7049</v>
       </c>
       <c r="B3" t="s">
         <v>19</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>21</v>
       </c>
       <c r="E3" t="s">
         <v>22</v>
       </c>
       <c r="O3">
         <v>2026</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="1">
-        <v>6790</v>
+        <v>7046</v>
       </c>
       <c r="B4" t="s">
         <v>23</v>
       </c>
       <c r="C4" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>17</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="O4">
         <v>2026</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="1">
-        <v>6786</v>
+        <v>7023</v>
       </c>
       <c r="B5" t="s">
         <v>25</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="E5" t="s">
         <v>26</v>
       </c>
       <c r="O5">
         <v>2026</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="1">
-        <v>6785</v>
+        <v>7005</v>
       </c>
       <c r="B6" t="s">
         <v>27</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E6" t="s">
         <v>28</v>
       </c>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O6">
-        <v>2025</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="1">
-        <v>6779</v>
+        <v>6995</v>
       </c>
       <c r="B7" t="s">
+        <v>29</v>
+      </c>
+      <c r="C7" t="s">
+        <v>16</v>
+      </c>
+      <c r="D7" t="s">
+        <v>21</v>
+      </c>
+      <c r="E7" t="s">
         <v>30</v>
       </c>
-      <c r="C7" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O7">
-        <v>2025</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="1">
-        <v>6778</v>
+        <v>6984</v>
       </c>
       <c r="B8" t="s">
+        <v>31</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>21</v>
+      </c>
+      <c r="E8" t="s">
         <v>32</v>
       </c>
-      <c r="C8" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="1">
-        <v>6745</v>
+        <v>6967</v>
       </c>
       <c r="B9" t="s">
+        <v>33</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>21</v>
+      </c>
+      <c r="E9" t="s">
         <v>34</v>
       </c>
-      <c r="C9" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O9">
-        <v>2025</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="1">
-        <v>6730</v>
+        <v>6949</v>
       </c>
       <c r="B10" t="s">
+        <v>35</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>21</v>
+      </c>
+      <c r="E10" t="s">
         <v>36</v>
       </c>
-      <c r="C10" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O10">
-        <v>2025</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="1">
-        <v>6712</v>
+        <v>6909</v>
       </c>
       <c r="B11" t="s">
+        <v>37</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>21</v>
+      </c>
+      <c r="E11" t="s">
         <v>38</v>
       </c>
-      <c r="C11" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O11">
-        <v>2025</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="1">
-        <v>6693</v>
+        <v>6903</v>
       </c>
       <c r="B12" t="s">
+        <v>39</v>
+      </c>
+      <c r="C12" t="s">
+        <v>16</v>
+      </c>
+      <c r="D12" t="s">
+        <v>21</v>
+      </c>
+      <c r="E12" t="s">
         <v>40</v>
       </c>
-      <c r="C12" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O12">
-        <v>2025</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="1">
-        <v>6647</v>
+        <v>6849</v>
       </c>
       <c r="B13" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C13" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D13" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="E13" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="O13">
-        <v>2025</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="1">
-        <v>6638</v>
+        <v>6848</v>
       </c>
       <c r="B14" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C14" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D14" t="s">
         <v>17</v>
       </c>
       <c r="E14" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="O14">
-        <v>2025</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="1">
-        <v>6579</v>
+        <v>6790</v>
       </c>
       <c r="B15" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="C15" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D15" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="E15" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="O15">
-        <v>2025</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="1">
-        <v>6558</v>
+        <v>6786</v>
       </c>
       <c r="B16" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="C16" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D16" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="E16" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="O16">
-        <v>2025</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="1">
-        <v>6549</v>
+        <v>6785</v>
       </c>
       <c r="B17" t="s">
+        <v>49</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>50</v>
+      </c>
+      <c r="E17" t="s">
         <v>51</v>
-      </c>
-[...7 lines deleted...]
-        <v>52</v>
       </c>
       <c r="O17">
         <v>2025</v>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="1">
-        <v>6538</v>
+        <v>6779</v>
       </c>
       <c r="B18" t="s">
+        <v>52</v>
+      </c>
+      <c r="C18" t="s">
+        <v>16</v>
+      </c>
+      <c r="D18" t="s">
+        <v>21</v>
+      </c>
+      <c r="E18" t="s">
         <v>53</v>
-      </c>
-[...7 lines deleted...]
-        <v>54</v>
       </c>
       <c r="O18">
         <v>2025</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="1">
-        <v>6512</v>
+        <v>6778</v>
       </c>
       <c r="B19" t="s">
+        <v>54</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>21</v>
+      </c>
+      <c r="E19" t="s">
         <v>55</v>
-      </c>
-[...7 lines deleted...]
-        <v>56</v>
       </c>
       <c r="O19">
         <v>2025</v>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="1">
-        <v>6464</v>
+        <v>6745</v>
       </c>
       <c r="B20" t="s">
+        <v>56</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>21</v>
+      </c>
+      <c r="E20" t="s">
         <v>57</v>
-      </c>
-[...7 lines deleted...]
-        <v>58</v>
       </c>
       <c r="O20">
         <v>2025</v>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="1">
-        <v>6447</v>
+        <v>6730</v>
       </c>
       <c r="B21" t="s">
+        <v>58</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
+        <v>21</v>
+      </c>
+      <c r="E21" t="s">
         <v>59</v>
-      </c>
-[...7 lines deleted...]
-        <v>60</v>
       </c>
       <c r="O21">
         <v>2025</v>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="1">
-        <v>6440</v>
+        <v>6712</v>
       </c>
       <c r="B22" t="s">
+        <v>60</v>
+      </c>
+      <c r="C22" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" t="s">
+        <v>21</v>
+      </c>
+      <c r="E22" t="s">
         <v>61</v>
-      </c>
-[...7 lines deleted...]
-        <v>62</v>
       </c>
       <c r="O22">
         <v>2025</v>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="1">
-        <v>6419</v>
+        <v>6693</v>
       </c>
       <c r="B23" t="s">
+        <v>62</v>
+      </c>
+      <c r="C23" t="s">
+        <v>16</v>
+      </c>
+      <c r="D23" t="s">
         <v>63</v>
-      </c>
-[...4 lines deleted...]
-        <v>17</v>
       </c>
       <c r="E23" t="s">
         <v>64</v>
       </c>
       <c r="O23">
         <v>2025</v>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="1">
-        <v>6420</v>
+        <v>6647</v>
       </c>
       <c r="B24" t="s">
         <v>65</v>
       </c>
       <c r="C24" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D24" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="E24" t="s">
         <v>66</v>
       </c>
       <c r="O24">
         <v>2025</v>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="1">
-        <v>6398</v>
+        <v>6638</v>
       </c>
       <c r="B25" t="s">
         <v>67</v>
       </c>
       <c r="C25" t="s">
         <v>16</v>
       </c>
       <c r="D25" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="E25" t="s">
         <v>68</v>
       </c>
       <c r="O25">
         <v>2025</v>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="1">
-        <v>6394</v>
+        <v>6579</v>
       </c>
       <c r="B26" t="s">
         <v>69</v>
       </c>
       <c r="C26" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D26" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="E26" t="s">
         <v>70</v>
       </c>
       <c r="O26">
         <v>2025</v>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="1">
-        <v>6389</v>
+        <v>6558</v>
       </c>
       <c r="B27" t="s">
         <v>71</v>
       </c>
       <c r="C27" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D27" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="E27" t="s">
         <v>72</v>
       </c>
       <c r="O27">
         <v>2025</v>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="1">
-        <v>6381</v>
+        <v>6549</v>
       </c>
       <c r="B28" t="s">
         <v>73</v>
       </c>
       <c r="C28" t="s">
+        <v>16</v>
+      </c>
+      <c r="D28" t="s">
+        <v>21</v>
+      </c>
+      <c r="E28" t="s">
         <v>74</v>
-      </c>
-[...4 lines deleted...]
-        <v>76</v>
       </c>
       <c r="O28">
         <v>2025</v>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="1">
-        <v>6380</v>
+        <v>6538</v>
       </c>
       <c r="B29" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="C29" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D29" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="E29" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="O29">
         <v>2025</v>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="1">
-        <v>6365</v>
+        <v>6512</v>
       </c>
       <c r="B30" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="C30" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D30" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="E30" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="O30">
         <v>2025</v>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="1">
-        <v>6354</v>
+        <v>6464</v>
       </c>
       <c r="B31" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="C31" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D31" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="E31" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="O31">
         <v>2025</v>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="1">
-        <v>6347</v>
+        <v>6447</v>
       </c>
       <c r="B32" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="C32" t="s">
         <v>16</v>
       </c>
       <c r="D32" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="E32" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="O32">
         <v>2025</v>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" s="1">
-        <v>6336</v>
+        <v>6440</v>
       </c>
       <c r="B33" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="C33" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D33" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="E33" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="O33">
         <v>2025</v>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="1">
-        <v>6316</v>
+        <v>6419</v>
       </c>
       <c r="B34" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="C34" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D34" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="E34" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="O34">
         <v>2025</v>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" s="1">
-        <v>6057</v>
+        <v>6420</v>
       </c>
       <c r="B35" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35" t="s">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="E35" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="O35">
         <v>2025</v>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" s="1">
-        <v>6055</v>
+        <v>6398</v>
       </c>
       <c r="B36" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="C36" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D36" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="E36" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="O36">
         <v>2025</v>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" s="1">
-        <v>5862</v>
+        <v>6394</v>
       </c>
       <c r="B37" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="C37" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D37" t="s">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="E37" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="O37">
         <v>2025</v>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" s="1">
-        <v>5856</v>
+        <v>6389</v>
       </c>
       <c r="B38" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="C38" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D38" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="E38" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="O38">
         <v>2025</v>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" s="1">
-        <v>5850</v>
+        <v>6381</v>
       </c>
       <c r="B39" t="s">
+        <v>95</v>
+      </c>
+      <c r="C39" t="s">
+        <v>96</v>
+      </c>
+      <c r="D39" t="s">
         <v>97</v>
-      </c>
-[...4 lines deleted...]
-        <v>28</v>
       </c>
       <c r="E39" t="s">
         <v>98</v>
       </c>
       <c r="O39">
         <v>2025</v>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" s="1">
-        <v>5833</v>
+        <v>6380</v>
       </c>
       <c r="B40" t="s">
         <v>99</v>
       </c>
       <c r="C40" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D40" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="E40" t="s">
         <v>100</v>
       </c>
       <c r="O40">
         <v>2025</v>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" s="1">
-        <v>5827</v>
+        <v>6365</v>
       </c>
       <c r="B41" t="s">
         <v>101</v>
       </c>
       <c r="C41" t="s">
         <v>20</v>
       </c>
       <c r="D41" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="E41" t="s">
         <v>102</v>
       </c>
       <c r="O41">
         <v>2025</v>
       </c>
     </row>
     <row r="42" spans="1:26">
       <c r="A42" s="1">
-        <v>5832</v>
+        <v>6354</v>
       </c>
       <c r="B42" t="s">
         <v>103</v>
       </c>
       <c r="C42" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D42" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="E42" t="s">
         <v>104</v>
       </c>
       <c r="O42">
         <v>2025</v>
       </c>
     </row>
     <row r="43" spans="1:26">
       <c r="A43" s="1">
-        <v>5717</v>
+        <v>6347</v>
       </c>
       <c r="B43" t="s">
         <v>105</v>
       </c>
       <c r="C43" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D43" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="E43" t="s">
         <v>106</v>
       </c>
       <c r="O43">
         <v>2025</v>
       </c>
     </row>
     <row r="44" spans="1:26">
       <c r="A44" s="1">
-        <v>5693</v>
+        <v>6336</v>
       </c>
       <c r="B44" t="s">
         <v>107</v>
       </c>
       <c r="C44" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D44" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="E44" t="s">
         <v>108</v>
       </c>
       <c r="O44">
         <v>2025</v>
       </c>
     </row>
     <row r="45" spans="1:26">
       <c r="A45" s="1">
-        <v>5692</v>
+        <v>6316</v>
       </c>
       <c r="B45" t="s">
         <v>109</v>
       </c>
       <c r="C45" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D45" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="G45" t="s">
+        <v>21</v>
+      </c>
+      <c r="E45" t="s">
         <v>110</v>
       </c>
       <c r="O45">
         <v>2025</v>
       </c>
     </row>
     <row r="46" spans="1:26">
       <c r="A46" s="1">
-        <v>5665</v>
+        <v>6057</v>
       </c>
       <c r="B46" t="s">
         <v>111</v>
       </c>
       <c r="C46" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D46" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="E46" t="s">
         <v>112</v>
       </c>
       <c r="O46">
         <v>2025</v>
       </c>
     </row>
     <row r="47" spans="1:26">
       <c r="A47" s="1">
-        <v>5691</v>
+        <v>6055</v>
       </c>
       <c r="B47" t="s">
         <v>113</v>
       </c>
       <c r="C47" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D47" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="G47" t="s">
+        <v>21</v>
+      </c>
+      <c r="E47" t="s">
         <v>114</v>
       </c>
       <c r="O47">
         <v>2025</v>
       </c>
     </row>
     <row r="48" spans="1:26">
       <c r="A48" s="1">
-        <v>5690</v>
+        <v>5862</v>
       </c>
       <c r="B48" t="s">
         <v>115</v>
       </c>
       <c r="C48" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D48" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="G48" t="s">
+        <v>21</v>
+      </c>
+      <c r="E48" t="s">
         <v>116</v>
       </c>
       <c r="O48">
         <v>2025</v>
       </c>
     </row>
     <row r="49" spans="1:26">
       <c r="A49" s="1">
-        <v>5559</v>
+        <v>5856</v>
       </c>
       <c r="B49" t="s">
         <v>117</v>
       </c>
       <c r="C49" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D49" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="E49" t="s">
         <v>118</v>
       </c>
-      <c r="G49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O49">
         <v>2025</v>
       </c>
     </row>
     <row r="50" spans="1:26">
       <c r="A50" s="1">
-        <v>5557</v>
+        <v>5850</v>
       </c>
       <c r="B50" t="s">
+        <v>119</v>
+      </c>
+      <c r="C50" t="s">
+        <v>20</v>
+      </c>
+      <c r="D50" t="s">
+        <v>50</v>
+      </c>
+      <c r="E50" t="s">
         <v>120</v>
-      </c>
-[...10 lines deleted...]
-        <v>122</v>
       </c>
       <c r="O50">
         <v>2025</v>
       </c>
     </row>
     <row r="51" spans="1:26">
       <c r="A51" s="1">
-        <v>5562</v>
+        <v>5833</v>
       </c>
       <c r="B51" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="C51" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D51" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="E51" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="O51">
         <v>2025</v>
       </c>
     </row>
     <row r="52" spans="1:26">
       <c r="A52" s="1">
-        <v>5457</v>
+        <v>5827</v>
       </c>
       <c r="B52" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="C52" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D52" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="E52" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="O52">
         <v>2025</v>
       </c>
     </row>
     <row r="53" spans="1:26">
       <c r="A53" s="1">
-        <v>5365</v>
+        <v>5832</v>
       </c>
       <c r="B53" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="C53" t="s">
         <v>20</v>
       </c>
       <c r="D53" t="s">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="E53" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="O53">
         <v>2025</v>
       </c>
     </row>
     <row r="54" spans="1:26">
       <c r="A54" s="1">
-        <v>5561</v>
+        <v>5717</v>
       </c>
       <c r="B54" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="C54" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D54" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="E54" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="O54">
         <v>2025</v>
       </c>
     </row>
     <row r="55" spans="1:26">
       <c r="A55" s="1">
-        <v>5560</v>
+        <v>5693</v>
       </c>
       <c r="B55" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="C55" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D55" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="E55" t="s">
-        <v>132</v>
-[...2 lines deleted...]
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="O55">
         <v>2025</v>
       </c>
     </row>
     <row r="56" spans="1:26">
       <c r="A56" s="1">
-        <v>5558</v>
+        <v>5692</v>
       </c>
       <c r="B56" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="C56" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D56" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>135</v>
+        <v>21</v>
       </c>
       <c r="G56" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="O56">
         <v>2025</v>
       </c>
     </row>
     <row r="57" spans="1:26">
       <c r="A57" s="1">
-        <v>5647</v>
+        <v>5665</v>
       </c>
       <c r="B57" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="C57" t="s">
         <v>16</v>
       </c>
       <c r="D57" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="E57" t="s">
-        <v>138</v>
-[...2 lines deleted...]
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="O57">
         <v>2025</v>
       </c>
     </row>
     <row r="58" spans="1:26">
       <c r="A58" s="1">
-        <v>5176</v>
+        <v>5691</v>
       </c>
       <c r="B58" t="s">
-        <v>140</v>
+        <v>135</v>
       </c>
       <c r="C58" t="s">
         <v>20</v>
       </c>
       <c r="D58" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>141</v>
+        <v>63</v>
       </c>
       <c r="G58" t="s">
-        <v>142</v>
+        <v>136</v>
       </c>
       <c r="O58">
         <v>2025</v>
       </c>
     </row>
     <row r="59" spans="1:26">
       <c r="A59" s="1">
-        <v>5565</v>
+        <v>5690</v>
       </c>
       <c r="B59" t="s">
-        <v>143</v>
+        <v>137</v>
       </c>
       <c r="C59" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D59" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>144</v>
+        <v>21</v>
       </c>
       <c r="G59" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="O59">
         <v>2025</v>
       </c>
     </row>
     <row r="60" spans="1:26">
       <c r="A60" s="1">
-        <v>5564</v>
+        <v>5559</v>
       </c>
       <c r="B60" t="s">
-        <v>146</v>
+        <v>139</v>
       </c>
       <c r="C60" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D60" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="E60" t="s">
-        <v>147</v>
+        <v>140</v>
       </c>
       <c r="G60" t="s">
-        <v>148</v>
+        <v>141</v>
       </c>
       <c r="O60">
         <v>2025</v>
       </c>
     </row>
     <row r="61" spans="1:26">
       <c r="A61" s="1">
-        <v>5556</v>
+        <v>5557</v>
       </c>
       <c r="B61" t="s">
-        <v>149</v>
+        <v>142</v>
       </c>
       <c r="C61" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D61" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="E61" t="s">
-        <v>150</v>
+        <v>143</v>
       </c>
       <c r="G61" t="s">
-        <v>151</v>
+        <v>144</v>
       </c>
       <c r="O61">
         <v>2025</v>
       </c>
     </row>
     <row r="62" spans="1:26">
       <c r="A62" s="1">
-        <v>5563</v>
+        <v>5562</v>
       </c>
       <c r="B62" t="s">
-        <v>152</v>
+        <v>145</v>
       </c>
       <c r="C62" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D62" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="E62" t="s">
-        <v>153</v>
+        <v>146</v>
       </c>
       <c r="O62">
         <v>2025</v>
       </c>
     </row>
     <row r="63" spans="1:26">
       <c r="A63" s="1">
-        <v>5007</v>
+        <v>5457</v>
       </c>
       <c r="B63" t="s">
-        <v>154</v>
+        <v>147</v>
       </c>
       <c r="C63" t="s">
         <v>16</v>
       </c>
       <c r="D63" t="s">
-        <v>17</v>
+        <v>63</v>
       </c>
       <c r="E63" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-        <v>156</v>
+        <v>148</v>
       </c>
       <c r="O63">
         <v>2025</v>
       </c>
     </row>
     <row r="64" spans="1:26">
       <c r="A64" s="1">
-        <v>5555</v>
+        <v>5365</v>
       </c>
       <c r="B64" t="s">
-        <v>157</v>
+        <v>149</v>
       </c>
       <c r="C64" t="s">
         <v>16</v>
       </c>
       <c r="D64" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="E64" t="s">
-        <v>158</v>
-[...2 lines deleted...]
-        <v>159</v>
+        <v>150</v>
       </c>
       <c r="O64">
         <v>2025</v>
       </c>
     </row>
     <row r="65" spans="1:26">
       <c r="A65" s="1">
-        <v>5006</v>
+        <v>5561</v>
       </c>
       <c r="B65" t="s">
-        <v>160</v>
+        <v>151</v>
       </c>
       <c r="C65" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D65" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="E65" t="s">
-        <v>161</v>
-[...2 lines deleted...]
-        <v>162</v>
+        <v>152</v>
       </c>
       <c r="O65">
         <v>2025</v>
       </c>
     </row>
     <row r="66" spans="1:26">
       <c r="A66" s="1">
-        <v>4823</v>
+        <v>5560</v>
       </c>
       <c r="B66" t="s">
-        <v>163</v>
+        <v>153</v>
       </c>
       <c r="C66" t="s">
         <v>20</v>
       </c>
       <c r="D66" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="E66" t="s">
-        <v>164</v>
+        <v>154</v>
+      </c>
+      <c r="G66" t="s">
+        <v>155</v>
       </c>
       <c r="O66">
         <v>2025</v>
       </c>
     </row>
     <row r="67" spans="1:26">
       <c r="A67" s="1">
-        <v>5005</v>
+        <v>5558</v>
       </c>
       <c r="B67" t="s">
-        <v>165</v>
+        <v>156</v>
       </c>
       <c r="C67" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D67" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="E67" t="s">
-        <v>166</v>
+        <v>157</v>
       </c>
       <c r="G67" t="s">
-        <v>167</v>
+        <v>158</v>
       </c>
       <c r="O67">
         <v>2025</v>
       </c>
     </row>
     <row r="68" spans="1:26">
       <c r="A68" s="1">
-        <v>5004</v>
+        <v>5647</v>
       </c>
       <c r="B68" t="s">
-        <v>168</v>
+        <v>159</v>
       </c>
       <c r="C68" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D68" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="E68" t="s">
-        <v>169</v>
+        <v>160</v>
       </c>
       <c r="G68" t="s">
-        <v>170</v>
+        <v>161</v>
       </c>
       <c r="O68">
         <v>2025</v>
       </c>
     </row>
     <row r="69" spans="1:26">
       <c r="A69" s="1">
-        <v>5003</v>
+        <v>5176</v>
       </c>
       <c r="B69" t="s">
-        <v>171</v>
+        <v>162</v>
       </c>
       <c r="C69" t="s">
         <v>16</v>
       </c>
       <c r="D69" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="E69" t="s">
-        <v>172</v>
+        <v>163</v>
       </c>
       <c r="G69" t="s">
-        <v>173</v>
+        <v>164</v>
       </c>
       <c r="O69">
         <v>2025</v>
       </c>
     </row>
     <row r="70" spans="1:26">
       <c r="A70" s="1">
-        <v>5002</v>
+        <v>5565</v>
       </c>
       <c r="B70" t="s">
-        <v>174</v>
+        <v>165</v>
       </c>
       <c r="C70" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D70" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="E70" t="s">
-        <v>175</v>
+        <v>166</v>
       </c>
       <c r="G70" t="s">
-        <v>176</v>
+        <v>167</v>
       </c>
       <c r="O70">
         <v>2025</v>
       </c>
     </row>
     <row r="71" spans="1:26">
       <c r="A71" s="1">
-        <v>5001</v>
+        <v>5564</v>
       </c>
       <c r="B71" t="s">
-        <v>177</v>
+        <v>168</v>
       </c>
       <c r="C71" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D71" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="E71" t="s">
-        <v>178</v>
+        <v>169</v>
       </c>
       <c r="G71" t="s">
-        <v>179</v>
+        <v>170</v>
       </c>
       <c r="O71">
         <v>2025</v>
       </c>
     </row>
     <row r="72" spans="1:26">
       <c r="A72" s="1">
-        <v>5000</v>
+        <v>5556</v>
       </c>
       <c r="B72" t="s">
-        <v>180</v>
+        <v>171</v>
       </c>
       <c r="C72" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D72" t="s">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="E72" t="s">
-        <v>181</v>
+        <v>172</v>
       </c>
       <c r="G72" t="s">
-        <v>182</v>
+        <v>173</v>
       </c>
       <c r="O72">
         <v>2025</v>
       </c>
     </row>
     <row r="73" spans="1:26">
       <c r="A73" s="1">
-        <v>4999</v>
+        <v>5563</v>
       </c>
       <c r="B73" t="s">
-        <v>183</v>
+        <v>174</v>
       </c>
       <c r="C73" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D73" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="E73" t="s">
-        <v>184</v>
-[...2 lines deleted...]
-        <v>185</v>
+        <v>175</v>
       </c>
       <c r="O73">
         <v>2025</v>
       </c>
     </row>
     <row r="74" spans="1:26">
       <c r="A74" s="1">
-        <v>4505</v>
+        <v>5007</v>
       </c>
       <c r="B74" t="s">
-        <v>186</v>
+        <v>176</v>
       </c>
       <c r="C74" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D74" t="s">
-        <v>41</v>
+        <v>21</v>
+      </c>
+      <c r="E74" t="s">
+        <v>177</v>
       </c>
       <c r="G74" t="s">
-        <v>187</v>
+        <v>178</v>
       </c>
       <c r="O74">
-        <v>2024</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="75" spans="1:26">
       <c r="A75" s="1">
-        <v>4504</v>
+        <v>5555</v>
       </c>
       <c r="B75" t="s">
-        <v>188</v>
+        <v>179</v>
       </c>
       <c r="C75" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D75" t="s">
-        <v>41</v>
+        <v>50</v>
+      </c>
+      <c r="E75" t="s">
+        <v>180</v>
       </c>
       <c r="G75" t="s">
-        <v>189</v>
+        <v>181</v>
       </c>
       <c r="O75">
-        <v>2024</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="76" spans="1:26">
       <c r="A76" s="1">
-        <v>4503</v>
+        <v>5006</v>
       </c>
       <c r="B76" t="s">
-        <v>190</v>
+        <v>182</v>
       </c>
       <c r="C76" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D76" t="s">
-        <v>17</v>
+        <v>21</v>
+      </c>
+      <c r="E76" t="s">
+        <v>183</v>
       </c>
       <c r="G76" t="s">
-        <v>191</v>
+        <v>184</v>
       </c>
       <c r="O76">
-        <v>2024</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="77" spans="1:26">
       <c r="A77" s="1">
-        <v>4502</v>
+        <v>4823</v>
       </c>
       <c r="B77" t="s">
-        <v>192</v>
+        <v>185</v>
       </c>
       <c r="C77" t="s">
         <v>16</v>
       </c>
       <c r="D77" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>193</v>
+        <v>21</v>
+      </c>
+      <c r="E77" t="s">
+        <v>186</v>
       </c>
       <c r="O77">
-        <v>2024</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="78" spans="1:26">
       <c r="A78" s="1">
-        <v>4501</v>
+        <v>5005</v>
       </c>
       <c r="B78" t="s">
-        <v>194</v>
+        <v>187</v>
       </c>
       <c r="C78" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D78" t="s">
-        <v>17</v>
+        <v>21</v>
+      </c>
+      <c r="E78" t="s">
+        <v>188</v>
       </c>
       <c r="G78" t="s">
-        <v>195</v>
+        <v>189</v>
       </c>
       <c r="O78">
-        <v>2024</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="79" spans="1:26">
       <c r="A79" s="1">
-        <v>4500</v>
+        <v>5004</v>
       </c>
       <c r="B79" t="s">
-        <v>196</v>
+        <v>190</v>
       </c>
       <c r="C79" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D79" t="s">
-        <v>17</v>
+        <v>21</v>
+      </c>
+      <c r="E79" t="s">
+        <v>191</v>
       </c>
       <c r="G79" t="s">
-        <v>197</v>
+        <v>192</v>
       </c>
       <c r="O79">
-        <v>2024</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="80" spans="1:26">
       <c r="A80" s="1">
-        <v>4499</v>
+        <v>5003</v>
       </c>
       <c r="B80" t="s">
-        <v>198</v>
+        <v>193</v>
       </c>
       <c r="C80" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D80" t="s">
-        <v>17</v>
+        <v>21</v>
+      </c>
+      <c r="E80" t="s">
+        <v>194</v>
       </c>
       <c r="G80" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
       <c r="O80">
-        <v>2024</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="81" spans="1:26">
       <c r="A81" s="1">
-        <v>4498</v>
+        <v>5002</v>
       </c>
       <c r="B81" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="C81" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D81" t="s">
-        <v>41</v>
+        <v>21</v>
+      </c>
+      <c r="E81" t="s">
+        <v>197</v>
       </c>
       <c r="G81" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="O81">
-        <v>2024</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="82" spans="1:26">
       <c r="A82" s="1">
-        <v>4497</v>
+        <v>5001</v>
       </c>
       <c r="B82" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="C82" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D82" t="s">
-        <v>17</v>
+        <v>21</v>
+      </c>
+      <c r="E82" t="s">
+        <v>200</v>
       </c>
       <c r="G82" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="O82">
-        <v>2024</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="83" spans="1:26">
       <c r="A83" s="1">
-        <v>4496</v>
+        <v>5000</v>
       </c>
       <c r="B83" t="s">
+        <v>202</v>
+      </c>
+      <c r="C83" t="s">
+        <v>20</v>
+      </c>
+      <c r="D83" t="s">
+        <v>21</v>
+      </c>
+      <c r="E83" t="s">
+        <v>203</v>
+      </c>
+      <c r="G83" t="s">
         <v>204</v>
       </c>
-      <c r="C83" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O83">
-        <v>2024</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="84" spans="1:26">
       <c r="A84" s="1">
-        <v>4495</v>
+        <v>4999</v>
       </c>
       <c r="B84" t="s">
+        <v>205</v>
+      </c>
+      <c r="C84" t="s">
+        <v>20</v>
+      </c>
+      <c r="D84" t="s">
+        <v>21</v>
+      </c>
+      <c r="E84" t="s">
         <v>206</v>
-      </c>
-[...4 lines deleted...]
-        <v>17</v>
       </c>
       <c r="G84" t="s">
         <v>207</v>
       </c>
       <c r="O84">
-        <v>2024</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="85" spans="1:26">
       <c r="A85" s="1">
-        <v>4494</v>
+        <v>4505</v>
       </c>
       <c r="B85" t="s">
         <v>208</v>
       </c>
       <c r="C85" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D85" t="s">
-        <v>17</v>
+        <v>63</v>
       </c>
       <c r="G85" t="s">
         <v>209</v>
       </c>
       <c r="O85">
         <v>2024</v>
       </c>
     </row>
     <row r="86" spans="1:26">
       <c r="A86" s="1">
-        <v>3741</v>
+        <v>4504</v>
       </c>
       <c r="B86" t="s">
         <v>210</v>
       </c>
       <c r="C86" t="s">
         <v>20</v>
       </c>
       <c r="D86" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="E86" t="s">
+        <v>63</v>
+      </c>
+      <c r="G86" t="s">
         <v>211</v>
       </c>
       <c r="O86">
         <v>2024</v>
       </c>
     </row>
     <row r="87" spans="1:26">
       <c r="A87" s="1">
-        <v>4493</v>
+        <v>4503</v>
       </c>
       <c r="B87" t="s">
         <v>212</v>
       </c>
       <c r="C87" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D87" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G87" t="s">
         <v>213</v>
       </c>
       <c r="O87">
         <v>2024</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="1">
-        <v>4492</v>
+        <v>4502</v>
       </c>
       <c r="B88" t="s">
         <v>214</v>
       </c>
       <c r="C88" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D88" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G88" t="s">
         <v>215</v>
       </c>
       <c r="O88">
         <v>2024</v>
       </c>
     </row>
     <row r="89" spans="1:26">
       <c r="A89" s="1">
-        <v>4491</v>
+        <v>4501</v>
       </c>
       <c r="B89" t="s">
         <v>216</v>
       </c>
       <c r="C89" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D89" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G89" t="s">
         <v>217</v>
       </c>
       <c r="O89">
         <v>2024</v>
       </c>
     </row>
     <row r="90" spans="1:26">
       <c r="A90" s="1">
-        <v>4490</v>
+        <v>4500</v>
       </c>
       <c r="B90" t="s">
         <v>218</v>
       </c>
       <c r="C90" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D90" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G90" t="s">
         <v>219</v>
       </c>
       <c r="O90">
         <v>2024</v>
       </c>
     </row>
     <row r="91" spans="1:26">
       <c r="A91" s="1">
-        <v>4489</v>
+        <v>4499</v>
       </c>
       <c r="B91" t="s">
         <v>220</v>
       </c>
       <c r="C91" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D91" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G91" t="s">
         <v>221</v>
       </c>
       <c r="O91">
         <v>2024</v>
       </c>
     </row>
     <row r="92" spans="1:26">
       <c r="A92" s="1">
-        <v>4488</v>
+        <v>4498</v>
       </c>
       <c r="B92" t="s">
         <v>222</v>
       </c>
       <c r="C92" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D92" t="s">
-        <v>17</v>
+        <v>63</v>
       </c>
       <c r="G92" t="s">
         <v>223</v>
       </c>
       <c r="O92">
         <v>2024</v>
       </c>
     </row>
     <row r="93" spans="1:26">
       <c r="A93" s="1">
-        <v>4487</v>
+        <v>4497</v>
       </c>
       <c r="B93" t="s">
         <v>224</v>
       </c>
       <c r="C93" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D93" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G93" t="s">
         <v>225</v>
       </c>
       <c r="O93">
         <v>2024</v>
       </c>
     </row>
     <row r="94" spans="1:26">
       <c r="A94" s="1">
-        <v>4486</v>
+        <v>4496</v>
       </c>
       <c r="B94" t="s">
         <v>226</v>
       </c>
       <c r="C94" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D94" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G94" t="s">
         <v>227</v>
       </c>
       <c r="O94">
         <v>2024</v>
       </c>
     </row>
     <row r="95" spans="1:26">
       <c r="A95" s="1">
-        <v>4485</v>
+        <v>4495</v>
       </c>
       <c r="B95" t="s">
         <v>228</v>
       </c>
       <c r="C95" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D95" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G95" t="s">
         <v>229</v>
       </c>
       <c r="O95">
         <v>2024</v>
       </c>
     </row>
     <row r="96" spans="1:26">
       <c r="A96" s="1">
-        <v>4484</v>
+        <v>4494</v>
       </c>
       <c r="B96" t="s">
         <v>230</v>
       </c>
       <c r="C96" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D96" t="s">
+        <v>21</v>
+      </c>
+      <c r="G96" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
       <c r="O96">
         <v>2024</v>
       </c>
     </row>
     <row r="97" spans="1:26">
       <c r="A97" s="1">
-        <v>4483</v>
+        <v>3741</v>
       </c>
       <c r="B97" t="s">
+        <v>232</v>
+      </c>
+      <c r="C97" t="s">
+        <v>16</v>
+      </c>
+      <c r="D97" t="s">
+        <v>21</v>
+      </c>
+      <c r="E97" t="s">
         <v>233</v>
-      </c>
-[...7 lines deleted...]
-        <v>234</v>
       </c>
       <c r="O97">
         <v>2024</v>
       </c>
     </row>
     <row r="98" spans="1:26">
       <c r="A98" s="1">
-        <v>4482</v>
+        <v>4493</v>
       </c>
       <c r="B98" t="s">
+        <v>234</v>
+      </c>
+      <c r="C98" t="s">
+        <v>20</v>
+      </c>
+      <c r="D98" t="s">
+        <v>21</v>
+      </c>
+      <c r="G98" t="s">
         <v>235</v>
-      </c>
-[...7 lines deleted...]
-        <v>236</v>
       </c>
       <c r="O98">
         <v>2024</v>
       </c>
     </row>
     <row r="99" spans="1:26">
       <c r="A99" s="1">
-        <v>4481</v>
+        <v>4492</v>
       </c>
       <c r="B99" t="s">
+        <v>236</v>
+      </c>
+      <c r="C99" t="s">
+        <v>20</v>
+      </c>
+      <c r="D99" t="s">
+        <v>21</v>
+      </c>
+      <c r="G99" t="s">
         <v>237</v>
-      </c>
-[...7 lines deleted...]
-        <v>238</v>
       </c>
       <c r="O99">
         <v>2024</v>
       </c>
     </row>
     <row r="100" spans="1:26">
       <c r="A100" s="1">
-        <v>4480</v>
+        <v>4491</v>
       </c>
       <c r="B100" t="s">
+        <v>238</v>
+      </c>
+      <c r="C100" t="s">
+        <v>20</v>
+      </c>
+      <c r="D100" t="s">
+        <v>21</v>
+      </c>
+      <c r="G100" t="s">
         <v>239</v>
-      </c>
-[...7 lines deleted...]
-        <v>240</v>
       </c>
       <c r="O100">
         <v>2024</v>
       </c>
     </row>
     <row r="101" spans="1:26">
       <c r="A101" s="1">
-        <v>4479</v>
+        <v>4490</v>
       </c>
       <c r="B101" t="s">
+        <v>240</v>
+      </c>
+      <c r="C101" t="s">
+        <v>20</v>
+      </c>
+      <c r="D101" t="s">
+        <v>21</v>
+      </c>
+      <c r="G101" t="s">
         <v>241</v>
-      </c>
-[...7 lines deleted...]
-        <v>242</v>
       </c>
       <c r="O101">
         <v>2024</v>
       </c>
     </row>
     <row r="102" spans="1:26">
       <c r="A102" s="1">
-        <v>4478</v>
+        <v>4489</v>
       </c>
       <c r="B102" t="s">
+        <v>242</v>
+      </c>
+      <c r="C102" t="s">
+        <v>20</v>
+      </c>
+      <c r="D102" t="s">
+        <v>21</v>
+      </c>
+      <c r="G102" t="s">
         <v>243</v>
-      </c>
-[...7 lines deleted...]
-        <v>244</v>
       </c>
       <c r="O102">
         <v>2024</v>
       </c>
     </row>
     <row r="103" spans="1:26">
       <c r="A103" s="1">
-        <v>4477</v>
+        <v>4488</v>
       </c>
       <c r="B103" t="s">
+        <v>244</v>
+      </c>
+      <c r="C103" t="s">
+        <v>20</v>
+      </c>
+      <c r="D103" t="s">
+        <v>21</v>
+      </c>
+      <c r="G103" t="s">
         <v>245</v>
-      </c>
-[...7 lines deleted...]
-        <v>246</v>
       </c>
       <c r="O103">
         <v>2024</v>
       </c>
     </row>
     <row r="104" spans="1:26">
       <c r="A104" s="1">
-        <v>4476</v>
+        <v>4487</v>
       </c>
       <c r="B104" t="s">
+        <v>246</v>
+      </c>
+      <c r="C104" t="s">
+        <v>20</v>
+      </c>
+      <c r="D104" t="s">
+        <v>21</v>
+      </c>
+      <c r="G104" t="s">
         <v>247</v>
-      </c>
-[...7 lines deleted...]
-        <v>248</v>
       </c>
       <c r="O104">
         <v>2024</v>
       </c>
     </row>
     <row r="105" spans="1:26">
       <c r="A105" s="1">
-        <v>4038</v>
+        <v>4486</v>
       </c>
       <c r="B105" t="s">
+        <v>248</v>
+      </c>
+      <c r="C105" t="s">
+        <v>20</v>
+      </c>
+      <c r="D105" t="s">
+        <v>21</v>
+      </c>
+      <c r="G105" t="s">
         <v>249</v>
-      </c>
-[...7 lines deleted...]
-        <v>250</v>
       </c>
       <c r="O105">
         <v>2024</v>
       </c>
     </row>
     <row r="106" spans="1:26">
       <c r="A106" s="1">
-        <v>4475</v>
+        <v>4485</v>
       </c>
       <c r="B106" t="s">
+        <v>250</v>
+      </c>
+      <c r="C106" t="s">
+        <v>20</v>
+      </c>
+      <c r="D106" t="s">
+        <v>21</v>
+      </c>
+      <c r="G106" t="s">
         <v>251</v>
-      </c>
-[...7 lines deleted...]
-        <v>252</v>
       </c>
       <c r="O106">
         <v>2024</v>
       </c>
     </row>
     <row r="107" spans="1:26">
       <c r="A107" s="1">
-        <v>4474</v>
+        <v>4484</v>
       </c>
       <c r="B107" t="s">
+        <v>252</v>
+      </c>
+      <c r="C107" t="s">
+        <v>20</v>
+      </c>
+      <c r="D107" t="s">
         <v>253</v>
-      </c>
-[...4 lines deleted...]
-        <v>17</v>
       </c>
       <c r="G107" t="s">
         <v>254</v>
       </c>
       <c r="O107">
         <v>2024</v>
       </c>
     </row>
     <row r="108" spans="1:26">
       <c r="A108" s="1">
-        <v>4473</v>
+        <v>4483</v>
       </c>
       <c r="B108" t="s">
         <v>255</v>
       </c>
       <c r="C108" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D108" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G108" t="s">
         <v>256</v>
       </c>
       <c r="O108">
         <v>2024</v>
       </c>
     </row>
     <row r="109" spans="1:26">
       <c r="A109" s="1">
-        <v>4472</v>
+        <v>4482</v>
       </c>
       <c r="B109" t="s">
         <v>257</v>
       </c>
       <c r="C109" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D109" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G109" t="s">
         <v>258</v>
       </c>
       <c r="O109">
         <v>2024</v>
       </c>
     </row>
     <row r="110" spans="1:26">
       <c r="A110" s="1">
-        <v>4471</v>
+        <v>4481</v>
       </c>
       <c r="B110" t="s">
         <v>259</v>
       </c>
       <c r="C110" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D110" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G110" t="s">
         <v>260</v>
       </c>
       <c r="O110">
         <v>2024</v>
       </c>
     </row>
     <row r="111" spans="1:26">
       <c r="A111" s="1">
-        <v>4470</v>
+        <v>4480</v>
       </c>
       <c r="B111" t="s">
         <v>261</v>
       </c>
       <c r="C111" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D111" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G111" t="s">
         <v>262</v>
       </c>
       <c r="O111">
         <v>2024</v>
       </c>
     </row>
     <row r="112" spans="1:26">
       <c r="A112" s="1">
-        <v>4469</v>
+        <v>4479</v>
       </c>
       <c r="B112" t="s">
         <v>263</v>
       </c>
       <c r="C112" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D112" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G112" t="s">
         <v>264</v>
       </c>
       <c r="O112">
         <v>2024</v>
       </c>
     </row>
     <row r="113" spans="1:26">
       <c r="A113" s="1">
-        <v>4468</v>
+        <v>4478</v>
       </c>
       <c r="B113" t="s">
         <v>265</v>
       </c>
       <c r="C113" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D113" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G113" t="s">
         <v>266</v>
       </c>
       <c r="O113">
         <v>2024</v>
       </c>
     </row>
     <row r="114" spans="1:26">
       <c r="A114" s="1">
-        <v>4467</v>
+        <v>4477</v>
       </c>
       <c r="B114" t="s">
         <v>267</v>
       </c>
       <c r="C114" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D114" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G114" t="s">
         <v>268</v>
       </c>
       <c r="O114">
         <v>2024</v>
       </c>
     </row>
     <row r="115" spans="1:26">
       <c r="A115" s="1">
-        <v>4466</v>
+        <v>4476</v>
       </c>
       <c r="B115" t="s">
         <v>269</v>
       </c>
       <c r="C115" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D115" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G115" t="s">
         <v>270</v>
       </c>
       <c r="O115">
         <v>2024</v>
       </c>
     </row>
     <row r="116" spans="1:26">
       <c r="A116" s="1">
-        <v>4465</v>
+        <v>4038</v>
       </c>
       <c r="B116" t="s">
         <v>271</v>
       </c>
       <c r="C116" t="s">
         <v>16</v>
       </c>
       <c r="D116" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="G116" t="s">
         <v>272</v>
       </c>
       <c r="O116">
         <v>2024</v>
       </c>
     </row>
     <row r="117" spans="1:26">
       <c r="A117" s="1">
-        <v>4464</v>
+        <v>4475</v>
       </c>
       <c r="B117" t="s">
         <v>273</v>
       </c>
       <c r="C117" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D117" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G117" t="s">
         <v>274</v>
       </c>
       <c r="O117">
         <v>2024</v>
       </c>
     </row>
     <row r="118" spans="1:26">
       <c r="A118" s="1">
-        <v>4463</v>
+        <v>4474</v>
       </c>
       <c r="B118" t="s">
         <v>275</v>
       </c>
       <c r="C118" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D118" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G118" t="s">
         <v>276</v>
       </c>
       <c r="O118">
         <v>2024</v>
       </c>
     </row>
     <row r="119" spans="1:26">
       <c r="A119" s="1">
-        <v>4462</v>
+        <v>4473</v>
       </c>
       <c r="B119" t="s">
         <v>277</v>
       </c>
       <c r="C119" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D119" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G119" t="s">
         <v>278</v>
       </c>
       <c r="O119">
         <v>2024</v>
       </c>
     </row>
     <row r="120" spans="1:26">
       <c r="A120" s="1">
-        <v>4461</v>
+        <v>4472</v>
       </c>
       <c r="B120" t="s">
         <v>279</v>
       </c>
       <c r="C120" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D120" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G120" t="s">
         <v>280</v>
       </c>
       <c r="O120">
         <v>2024</v>
       </c>
     </row>
     <row r="121" spans="1:26">
       <c r="A121" s="1">
-        <v>4039</v>
+        <v>4471</v>
       </c>
       <c r="B121" t="s">
         <v>281</v>
       </c>
       <c r="C121" t="s">
         <v>20</v>
       </c>
       <c r="D121" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G121" t="s">
         <v>282</v>
       </c>
       <c r="O121">
         <v>2024</v>
       </c>
     </row>
     <row r="122" spans="1:26">
       <c r="A122" s="1">
-        <v>4460</v>
+        <v>4470</v>
       </c>
       <c r="B122" t="s">
         <v>283</v>
       </c>
       <c r="C122" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D122" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G122" t="s">
         <v>284</v>
       </c>
       <c r="O122">
         <v>2024</v>
       </c>
     </row>
     <row r="123" spans="1:26">
       <c r="A123" s="1">
-        <v>4040</v>
+        <v>4469</v>
       </c>
       <c r="B123" t="s">
         <v>285</v>
       </c>
       <c r="C123" t="s">
         <v>20</v>
       </c>
       <c r="D123" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G123" t="s">
         <v>286</v>
       </c>
       <c r="O123">
-        <v>2023</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="124" spans="1:26">
       <c r="A124" s="1">
-        <v>4041</v>
+        <v>4468</v>
       </c>
       <c r="B124" t="s">
         <v>287</v>
       </c>
       <c r="C124" t="s">
         <v>20</v>
       </c>
       <c r="D124" t="s">
+        <v>21</v>
+      </c>
+      <c r="G124" t="s">
         <v>288</v>
       </c>
-      <c r="G124" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O124">
-        <v>2023</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="125" spans="1:26">
       <c r="A125" s="1">
-        <v>4042</v>
+        <v>4467</v>
       </c>
       <c r="B125" t="s">
+        <v>289</v>
+      </c>
+      <c r="C125" t="s">
+        <v>20</v>
+      </c>
+      <c r="D125" t="s">
+        <v>21</v>
+      </c>
+      <c r="G125" t="s">
         <v>290</v>
       </c>
-      <c r="C125" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O125">
-        <v>2021</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="126" spans="1:26">
       <c r="A126" s="1">
-        <v>4043</v>
+        <v>4466</v>
       </c>
       <c r="B126" t="s">
+        <v>291</v>
+      </c>
+      <c r="C126" t="s">
+        <v>20</v>
+      </c>
+      <c r="D126" t="s">
+        <v>21</v>
+      </c>
+      <c r="G126" t="s">
         <v>292</v>
       </c>
-      <c r="C126" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O126">
-        <v>2021</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="127" spans="1:26">
       <c r="A127" s="1">
-        <v>3748</v>
+        <v>4465</v>
       </c>
       <c r="B127" t="s">
+        <v>293</v>
+      </c>
+      <c r="C127" t="s">
+        <v>20</v>
+      </c>
+      <c r="D127" t="s">
+        <v>63</v>
+      </c>
+      <c r="G127" t="s">
         <v>294</v>
       </c>
-      <c r="C127" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O127">
-        <v>2020</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="128" spans="1:26">
       <c r="A128" s="1">
-        <v>3749</v>
+        <v>4464</v>
       </c>
       <c r="B128" t="s">
+        <v>295</v>
+      </c>
+      <c r="C128" t="s">
+        <v>20</v>
+      </c>
+      <c r="D128" t="s">
+        <v>21</v>
+      </c>
+      <c r="G128" t="s">
         <v>296</v>
       </c>
-      <c r="C128" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O128">
-        <v>2020</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="129" spans="1:26">
       <c r="A129" s="1">
-        <v>3750</v>
+        <v>4463</v>
       </c>
       <c r="B129" t="s">
+        <v>297</v>
+      </c>
+      <c r="C129" t="s">
+        <v>20</v>
+      </c>
+      <c r="D129" t="s">
+        <v>21</v>
+      </c>
+      <c r="G129" t="s">
         <v>298</v>
       </c>
-      <c r="C129" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O129">
-        <v>2020</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="130" spans="1:26">
       <c r="A130" s="1">
-        <v>3751</v>
+        <v>4462</v>
       </c>
       <c r="B130" t="s">
+        <v>299</v>
+      </c>
+      <c r="C130" t="s">
+        <v>20</v>
+      </c>
+      <c r="D130" t="s">
+        <v>21</v>
+      </c>
+      <c r="G130" t="s">
         <v>300</v>
       </c>
-      <c r="C130" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O130">
-        <v>2020</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="131" spans="1:26">
       <c r="A131" s="1">
-        <v>3752</v>
+        <v>4461</v>
       </c>
       <c r="B131" t="s">
+        <v>301</v>
+      </c>
+      <c r="C131" t="s">
+        <v>20</v>
+      </c>
+      <c r="D131" t="s">
+        <v>21</v>
+      </c>
+      <c r="G131" t="s">
         <v>302</v>
       </c>
-      <c r="C131" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O131">
-        <v>2020</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="132" spans="1:26">
       <c r="A132" s="1">
-        <v>3753</v>
+        <v>4039</v>
       </c>
       <c r="B132" t="s">
+        <v>303</v>
+      </c>
+      <c r="C132" t="s">
+        <v>16</v>
+      </c>
+      <c r="D132" t="s">
+        <v>21</v>
+      </c>
+      <c r="G132" t="s">
         <v>304</v>
       </c>
-      <c r="C132" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O132">
-        <v>2020</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="133" spans="1:26">
       <c r="A133" s="1">
-        <v>3754</v>
+        <v>4460</v>
       </c>
       <c r="B133" t="s">
+        <v>305</v>
+      </c>
+      <c r="C133" t="s">
+        <v>20</v>
+      </c>
+      <c r="D133" t="s">
+        <v>21</v>
+      </c>
+      <c r="G133" t="s">
         <v>306</v>
       </c>
-      <c r="C133" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O133">
-        <v>2020</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="134" spans="1:26">
       <c r="A134" s="1">
-        <v>3755</v>
+        <v>4040</v>
       </c>
       <c r="B134" t="s">
+        <v>307</v>
+      </c>
+      <c r="C134" t="s">
+        <v>16</v>
+      </c>
+      <c r="D134" t="s">
+        <v>21</v>
+      </c>
+      <c r="G134" t="s">
         <v>308</v>
       </c>
-      <c r="C134" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O134">
-        <v>2020</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="135" spans="1:26">
       <c r="A135" s="1">
-        <v>3756</v>
+        <v>4041</v>
       </c>
       <c r="B135" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="C135" t="s">
         <v>16</v>
       </c>
       <c r="D135" t="s">
-        <v>17</v>
+        <v>310</v>
       </c>
       <c r="G135" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="O135">
-        <v>2020</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="136" spans="1:26">
       <c r="A136" s="1">
-        <v>3757</v>
+        <v>4042</v>
       </c>
       <c r="B136" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="C136" t="s">
         <v>16</v>
       </c>
       <c r="D136" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G136" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="O136">
-        <v>2020</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="137" spans="1:26">
       <c r="A137" s="1">
-        <v>3758</v>
+        <v>4043</v>
       </c>
       <c r="B137" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="C137" t="s">
         <v>16</v>
       </c>
       <c r="D137" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G137" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="O137">
-        <v>2020</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="138" spans="1:26">
       <c r="A138" s="1">
-        <v>3759</v>
+        <v>3748</v>
       </c>
       <c r="B138" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="C138" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D138" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G138" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="O138">
         <v>2020</v>
       </c>
     </row>
     <row r="139" spans="1:26">
       <c r="A139" s="1">
-        <v>3760</v>
+        <v>3749</v>
       </c>
       <c r="B139" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="C139" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D139" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G139" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="O139">
         <v>2020</v>
       </c>
     </row>
     <row r="140" spans="1:26">
       <c r="A140" s="1">
-        <v>3761</v>
+        <v>3750</v>
       </c>
       <c r="B140" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="C140" t="s">
         <v>20</v>
       </c>
       <c r="D140" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G140" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="O140">
         <v>2020</v>
       </c>
     </row>
     <row r="141" spans="1:26">
       <c r="A141" s="1">
-        <v>3762</v>
+        <v>3751</v>
       </c>
       <c r="B141" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="C141" t="s">
         <v>20</v>
       </c>
       <c r="D141" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G141" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="O141">
         <v>2020</v>
       </c>
     </row>
     <row r="142" spans="1:26">
       <c r="A142" s="1">
-        <v>3763</v>
+        <v>3752</v>
       </c>
       <c r="B142" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="C142" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D142" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G142" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="O142">
         <v>2020</v>
       </c>
     </row>
     <row r="143" spans="1:26">
       <c r="A143" s="1">
-        <v>3764</v>
+        <v>3753</v>
       </c>
       <c r="B143" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="C143" t="s">
         <v>16</v>
       </c>
       <c r="D143" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G143" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="O143">
         <v>2020</v>
       </c>
     </row>
     <row r="144" spans="1:26">
       <c r="A144" s="1">
-        <v>3765</v>
+        <v>3754</v>
       </c>
       <c r="B144" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="C144" t="s">
         <v>16</v>
       </c>
       <c r="D144" t="s">
-        <v>17</v>
+        <v>63</v>
       </c>
       <c r="G144" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="O144">
         <v>2020</v>
       </c>
     </row>
     <row r="145" spans="1:26">
       <c r="A145" s="1">
-        <v>3766</v>
+        <v>3755</v>
       </c>
       <c r="B145" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="C145" t="s">
         <v>16</v>
       </c>
       <c r="D145" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G145" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="O145">
         <v>2020</v>
       </c>
     </row>
     <row r="146" spans="1:26">
       <c r="A146" s="1">
-        <v>3767</v>
+        <v>3756</v>
       </c>
       <c r="B146" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="C146" t="s">
         <v>20</v>
       </c>
       <c r="D146" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G146" t="s">
         <v>332</v>
       </c>
       <c r="O146">
         <v>2020</v>
       </c>
     </row>
     <row r="147" spans="1:26">
       <c r="A147" s="1">
-        <v>3768</v>
+        <v>3757</v>
       </c>
       <c r="B147" t="s">
         <v>333</v>
       </c>
       <c r="C147" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D147" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G147" t="s">
         <v>334</v>
       </c>
       <c r="O147">
         <v>2020</v>
       </c>
     </row>
     <row r="148" spans="1:26">
       <c r="A148" s="1">
-        <v>3769</v>
+        <v>3758</v>
       </c>
       <c r="B148" t="s">
         <v>335</v>
       </c>
       <c r="C148" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D148" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G148" t="s">
         <v>336</v>
       </c>
       <c r="O148">
         <v>2020</v>
       </c>
     </row>
     <row r="149" spans="1:26">
       <c r="A149" s="1">
-        <v>3770</v>
+        <v>3759</v>
       </c>
       <c r="B149" t="s">
         <v>337</v>
       </c>
       <c r="C149" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D149" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G149" t="s">
         <v>338</v>
       </c>
       <c r="O149">
         <v>2020</v>
       </c>
     </row>
     <row r="150" spans="1:26">
       <c r="A150" s="1">
-        <v>3771</v>
+        <v>3760</v>
       </c>
       <c r="B150" t="s">
         <v>339</v>
       </c>
       <c r="C150" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D150" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G150" t="s">
         <v>340</v>
       </c>
       <c r="O150">
         <v>2020</v>
       </c>
     </row>
     <row r="151" spans="1:26">
       <c r="A151" s="1">
-        <v>3772</v>
+        <v>3761</v>
       </c>
       <c r="B151" t="s">
         <v>341</v>
       </c>
       <c r="C151" t="s">
         <v>16</v>
       </c>
       <c r="D151" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G151" t="s">
         <v>342</v>
       </c>
       <c r="O151">
         <v>2020</v>
       </c>
     </row>
     <row r="152" spans="1:26">
       <c r="A152" s="1">
-        <v>3773</v>
+        <v>3762</v>
       </c>
       <c r="B152" t="s">
         <v>343</v>
       </c>
       <c r="C152" t="s">
         <v>16</v>
       </c>
       <c r="D152" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G152" t="s">
         <v>344</v>
       </c>
       <c r="O152">
         <v>2020</v>
       </c>
     </row>
     <row r="153" spans="1:26">
       <c r="A153" s="1">
-        <v>3774</v>
+        <v>3763</v>
       </c>
       <c r="B153" t="s">
         <v>345</v>
       </c>
       <c r="C153" t="s">
         <v>20</v>
       </c>
       <c r="D153" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G153" t="s">
         <v>346</v>
       </c>
       <c r="O153">
         <v>2020</v>
       </c>
     </row>
     <row r="154" spans="1:26">
       <c r="A154" s="1">
-        <v>3775</v>
+        <v>3764</v>
       </c>
       <c r="B154" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="C154" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D154" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G154" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="O154">
         <v>2020</v>
       </c>
     </row>
     <row r="155" spans="1:26">
       <c r="A155" s="1">
-        <v>3776</v>
+        <v>3765</v>
       </c>
       <c r="B155" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="C155" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D155" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G155" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="O155">
         <v>2020</v>
       </c>
     </row>
     <row r="156" spans="1:26">
       <c r="A156" s="1">
-        <v>3777</v>
+        <v>3766</v>
       </c>
       <c r="B156" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="C156" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D156" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G156" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="O156">
         <v>2020</v>
       </c>
     </row>
     <row r="157" spans="1:26">
       <c r="A157" s="1">
-        <v>3778</v>
+        <v>3767</v>
       </c>
       <c r="B157" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="C157" t="s">
         <v>16</v>
       </c>
       <c r="D157" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G157" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="O157">
         <v>2020</v>
       </c>
     </row>
     <row r="158" spans="1:26">
       <c r="A158" s="1">
-        <v>3779</v>
+        <v>3768</v>
       </c>
       <c r="B158" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="C158" t="s">
         <v>20</v>
       </c>
       <c r="D158" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G158" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="O158">
         <v>2020</v>
       </c>
     </row>
     <row r="159" spans="1:26">
       <c r="A159" s="1">
-        <v>3780</v>
+        <v>3769</v>
       </c>
       <c r="B159" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C159" t="s">
         <v>20</v>
       </c>
       <c r="D159" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G159" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="O159">
         <v>2020</v>
       </c>
     </row>
     <row r="160" spans="1:26">
       <c r="A160" s="1">
-        <v>3781</v>
+        <v>3770</v>
       </c>
       <c r="B160" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="C160" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D160" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G160" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="O160">
         <v>2020</v>
       </c>
     </row>
     <row r="161" spans="1:26">
       <c r="A161" s="1">
-        <v>3782</v>
+        <v>3771</v>
       </c>
       <c r="B161" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="C161" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D161" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G161" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="O161">
         <v>2020</v>
       </c>
     </row>
     <row r="162" spans="1:26">
       <c r="A162" s="1">
-        <v>3783</v>
+        <v>3772</v>
       </c>
       <c r="B162" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="C162" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D162" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G162" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="O162">
         <v>2020</v>
       </c>
     </row>
     <row r="163" spans="1:26">
       <c r="A163" s="1">
-        <v>3784</v>
+        <v>3773</v>
       </c>
       <c r="B163" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="C163" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D163" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G163" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="O163">
         <v>2020</v>
       </c>
     </row>
     <row r="164" spans="1:26">
       <c r="A164" s="1">
-        <v>3785</v>
+        <v>3774</v>
       </c>
       <c r="B164" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="C164" t="s">
         <v>16</v>
       </c>
       <c r="D164" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G164" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="O164">
         <v>2020</v>
       </c>
     </row>
     <row r="165" spans="1:26">
       <c r="A165" s="1">
-        <v>3786</v>
+        <v>3775</v>
       </c>
       <c r="B165" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
       <c r="C165" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D165" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G165" t="s">
         <v>369</v>
       </c>
       <c r="O165">
         <v>2020</v>
       </c>
     </row>
     <row r="166" spans="1:26">
       <c r="A166" s="1">
-        <v>3787</v>
+        <v>3776</v>
       </c>
       <c r="B166" t="s">
         <v>370</v>
       </c>
       <c r="C166" t="s">
         <v>20</v>
       </c>
       <c r="D166" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G166" t="s">
         <v>371</v>
       </c>
       <c r="O166">
         <v>2020</v>
       </c>
     </row>
     <row r="167" spans="1:26">
       <c r="A167" s="1">
-        <v>3788</v>
+        <v>3777</v>
       </c>
       <c r="B167" t="s">
         <v>372</v>
       </c>
       <c r="C167" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D167" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G167" t="s">
         <v>373</v>
       </c>
       <c r="O167">
         <v>2020</v>
       </c>
     </row>
     <row r="168" spans="1:26">
       <c r="A168" s="1">
-        <v>3789</v>
+        <v>3778</v>
       </c>
       <c r="B168" t="s">
         <v>374</v>
       </c>
       <c r="C168" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D168" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G168" t="s">
         <v>375</v>
       </c>
       <c r="O168">
         <v>2020</v>
       </c>
     </row>
     <row r="169" spans="1:26">
       <c r="A169" s="1">
-        <v>3790</v>
+        <v>3779</v>
       </c>
       <c r="B169" t="s">
         <v>376</v>
       </c>
       <c r="C169" t="s">
         <v>16</v>
       </c>
       <c r="D169" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G169" t="s">
         <v>377</v>
       </c>
       <c r="O169">
         <v>2020</v>
       </c>
     </row>
     <row r="170" spans="1:26">
       <c r="A170" s="1">
-        <v>3791</v>
+        <v>3780</v>
       </c>
       <c r="B170" t="s">
         <v>378</v>
       </c>
       <c r="C170" t="s">
         <v>16</v>
       </c>
       <c r="D170" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G170" t="s">
         <v>379</v>
       </c>
       <c r="O170">
         <v>2020</v>
       </c>
     </row>
     <row r="171" spans="1:26">
       <c r="A171" s="1">
-        <v>3792</v>
+        <v>3781</v>
       </c>
       <c r="B171" t="s">
         <v>380</v>
       </c>
       <c r="C171" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D171" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G171" t="s">
         <v>381</v>
       </c>
       <c r="O171">
         <v>2020</v>
       </c>
     </row>
     <row r="172" spans="1:26">
       <c r="A172" s="1">
-        <v>3793</v>
+        <v>3782</v>
       </c>
       <c r="B172" t="s">
         <v>382</v>
       </c>
       <c r="C172" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D172" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G172" t="s">
         <v>383</v>
       </c>
       <c r="O172">
         <v>2020</v>
       </c>
     </row>
     <row r="173" spans="1:26">
       <c r="A173" s="1">
-        <v>3794</v>
+        <v>3783</v>
       </c>
       <c r="B173" t="s">
         <v>384</v>
       </c>
       <c r="C173" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D173" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G173" t="s">
         <v>385</v>
       </c>
       <c r="O173">
         <v>2020</v>
       </c>
     </row>
     <row r="174" spans="1:26">
       <c r="A174" s="1">
-        <v>3795</v>
+        <v>3784</v>
       </c>
       <c r="B174" t="s">
         <v>386</v>
       </c>
       <c r="C174" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D174" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G174" t="s">
         <v>387</v>
       </c>
       <c r="O174">
         <v>2020</v>
       </c>
     </row>
     <row r="175" spans="1:26">
       <c r="A175" s="1">
-        <v>3796</v>
+        <v>3785</v>
       </c>
       <c r="B175" t="s">
         <v>388</v>
       </c>
       <c r="C175" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D175" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G175" t="s">
         <v>389</v>
       </c>
       <c r="O175">
         <v>2020</v>
       </c>
     </row>
     <row r="176" spans="1:26">
       <c r="A176" s="1">
-        <v>3797</v>
+        <v>3786</v>
       </c>
       <c r="B176" t="s">
         <v>390</v>
       </c>
       <c r="C176" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D176" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G176" t="s">
         <v>391</v>
       </c>
       <c r="O176">
         <v>2020</v>
       </c>
     </row>
     <row r="177" spans="1:26">
       <c r="A177" s="1">
-        <v>3798</v>
+        <v>3787</v>
       </c>
       <c r="B177" t="s">
         <v>392</v>
       </c>
       <c r="C177" t="s">
         <v>16</v>
       </c>
       <c r="D177" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G177" t="s">
         <v>393</v>
       </c>
       <c r="O177">
         <v>2020</v>
       </c>
     </row>
     <row r="178" spans="1:26">
       <c r="A178" s="1">
-        <v>3799</v>
+        <v>3788</v>
       </c>
       <c r="B178" t="s">
         <v>394</v>
       </c>
       <c r="C178" t="s">
         <v>20</v>
       </c>
       <c r="D178" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G178" t="s">
         <v>395</v>
       </c>
       <c r="O178">
         <v>2020</v>
       </c>
     </row>
     <row r="179" spans="1:26">
       <c r="A179" s="1">
-        <v>3800</v>
+        <v>3789</v>
       </c>
       <c r="B179" t="s">
         <v>396</v>
       </c>
       <c r="C179" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D179" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G179" t="s">
         <v>397</v>
       </c>
       <c r="O179">
         <v>2020</v>
       </c>
     </row>
     <row r="180" spans="1:26">
       <c r="A180" s="1">
-        <v>3801</v>
+        <v>3790</v>
       </c>
       <c r="B180" t="s">
         <v>398</v>
       </c>
       <c r="C180" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D180" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G180" t="s">
         <v>399</v>
       </c>
       <c r="O180">
         <v>2020</v>
       </c>
     </row>
     <row r="181" spans="1:26">
       <c r="A181" s="1">
-        <v>3802</v>
+        <v>3791</v>
       </c>
       <c r="B181" t="s">
         <v>400</v>
       </c>
       <c r="C181" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D181" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G181" t="s">
         <v>401</v>
       </c>
       <c r="O181">
         <v>2020</v>
       </c>
     </row>
     <row r="182" spans="1:26">
       <c r="A182" s="1">
-        <v>3803</v>
+        <v>3792</v>
       </c>
       <c r="B182" t="s">
         <v>402</v>
       </c>
       <c r="C182" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D182" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G182" t="s">
         <v>403</v>
       </c>
       <c r="O182">
         <v>2020</v>
       </c>
     </row>
     <row r="183" spans="1:26">
       <c r="A183" s="1">
-        <v>3804</v>
+        <v>3793</v>
       </c>
       <c r="B183" t="s">
         <v>404</v>
       </c>
       <c r="C183" t="s">
         <v>20</v>
       </c>
       <c r="D183" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G183" t="s">
         <v>405</v>
       </c>
       <c r="O183">
         <v>2020</v>
       </c>
     </row>
     <row r="184" spans="1:26">
       <c r="A184" s="1">
-        <v>3805</v>
+        <v>3794</v>
       </c>
       <c r="B184" t="s">
         <v>406</v>
       </c>
       <c r="C184" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D184" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G184" t="s">
         <v>407</v>
       </c>
       <c r="O184">
         <v>2020</v>
       </c>
     </row>
     <row r="185" spans="1:26">
       <c r="A185" s="1">
-        <v>3806</v>
+        <v>3795</v>
       </c>
       <c r="B185" t="s">
         <v>408</v>
       </c>
       <c r="C185" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D185" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G185" t="s">
         <v>409</v>
       </c>
       <c r="O185">
         <v>2020</v>
       </c>
     </row>
     <row r="186" spans="1:26">
       <c r="A186" s="1">
-        <v>3807</v>
+        <v>3796</v>
       </c>
       <c r="B186" t="s">
         <v>410</v>
       </c>
       <c r="C186" t="s">
         <v>20</v>
       </c>
       <c r="D186" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G186" t="s">
         <v>411</v>
       </c>
       <c r="O186">
-        <v>2019</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="187" spans="1:26">
       <c r="A187" s="1">
-        <v>3808</v>
+        <v>3797</v>
       </c>
       <c r="B187" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="C187" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D187" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G187" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="O187">
-        <v>2019</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="188" spans="1:26">
       <c r="A188" s="1">
-        <v>3809</v>
+        <v>3798</v>
       </c>
       <c r="B188" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="C188" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D188" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G188" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="O188">
-        <v>2019</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="189" spans="1:26">
       <c r="A189" s="1">
-        <v>3810</v>
+        <v>3799</v>
       </c>
       <c r="B189" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="C189" t="s">
         <v>16</v>
       </c>
       <c r="D189" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G189" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="O189">
-        <v>2019</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="190" spans="1:26">
       <c r="A190" s="1">
-        <v>3811</v>
+        <v>3800</v>
       </c>
       <c r="B190" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="C190" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D190" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G190" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="O190">
-        <v>2019</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="191" spans="1:26">
       <c r="A191" s="1">
-        <v>3812</v>
+        <v>3801</v>
       </c>
       <c r="B191" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="C191" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D191" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G191" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="O191">
-        <v>2019</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="192" spans="1:26">
       <c r="A192" s="1">
-        <v>3813</v>
+        <v>3802</v>
       </c>
       <c r="B192" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="C192" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D192" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G192" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="O192">
-        <v>2019</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="193" spans="1:26">
       <c r="A193" s="1">
-        <v>3814</v>
+        <v>3803</v>
       </c>
       <c r="B193" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="C193" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D193" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G193" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="O193">
-        <v>2019</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="194" spans="1:26">
       <c r="A194" s="1">
-        <v>3815</v>
+        <v>3804</v>
       </c>
       <c r="B194" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="C194" t="s">
         <v>16</v>
       </c>
       <c r="D194" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G194" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="O194">
-        <v>2019</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="195" spans="1:26">
       <c r="A195" s="1">
-        <v>3816</v>
+        <v>3805</v>
       </c>
       <c r="B195" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="C195" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D195" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G195" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="O195">
-        <v>2019</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="196" spans="1:26">
       <c r="A196" s="1">
-        <v>3817</v>
+        <v>3806</v>
       </c>
       <c r="B196" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="C196" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D196" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G196" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="O196">
-        <v>2019</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="197" spans="1:26">
       <c r="A197" s="1">
-        <v>3818</v>
+        <v>3807</v>
       </c>
       <c r="B197" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="C197" t="s">
         <v>16</v>
       </c>
       <c r="D197" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G197" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="O197">
         <v>2019</v>
       </c>
     </row>
     <row r="198" spans="1:26">
       <c r="A198" s="1">
-        <v>3819</v>
+        <v>3808</v>
       </c>
       <c r="B198" t="s">
-        <v>433</v>
+        <v>432</v>
       </c>
       <c r="C198" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D198" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G198" t="s">
         <v>434</v>
       </c>
       <c r="O198">
         <v>2019</v>
       </c>
     </row>
     <row r="199" spans="1:26">
       <c r="A199" s="1">
-        <v>3820</v>
+        <v>3809</v>
       </c>
       <c r="B199" t="s">
         <v>435</v>
       </c>
       <c r="C199" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D199" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G199" t="s">
         <v>436</v>
       </c>
       <c r="O199">
         <v>2019</v>
       </c>
     </row>
     <row r="200" spans="1:26">
       <c r="A200" s="1">
-        <v>3821</v>
+        <v>3810</v>
       </c>
       <c r="B200" t="s">
         <v>437</v>
       </c>
       <c r="C200" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D200" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G200" t="s">
         <v>438</v>
       </c>
       <c r="O200">
         <v>2019</v>
       </c>
     </row>
     <row r="201" spans="1:26">
       <c r="A201" s="1">
-        <v>3822</v>
+        <v>3811</v>
       </c>
       <c r="B201" t="s">
         <v>439</v>
       </c>
       <c r="C201" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D201" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G201" t="s">
         <v>440</v>
       </c>
       <c r="O201">
         <v>2019</v>
       </c>
     </row>
     <row r="202" spans="1:26">
       <c r="A202" s="1">
-        <v>3823</v>
+        <v>3812</v>
       </c>
       <c r="B202" t="s">
         <v>441</v>
       </c>
       <c r="C202" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D202" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G202" t="s">
         <v>442</v>
       </c>
       <c r="O202">
         <v>2019</v>
       </c>
     </row>
     <row r="203" spans="1:26">
       <c r="A203" s="1">
-        <v>3824</v>
+        <v>3813</v>
       </c>
       <c r="B203" t="s">
         <v>443</v>
       </c>
       <c r="C203" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D203" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G203" t="s">
         <v>444</v>
       </c>
       <c r="O203">
         <v>2019</v>
       </c>
     </row>
     <row r="204" spans="1:26">
       <c r="A204" s="1">
-        <v>3825</v>
+        <v>3814</v>
       </c>
       <c r="B204" t="s">
         <v>445</v>
       </c>
       <c r="C204" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D204" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G204" t="s">
         <v>446</v>
       </c>
       <c r="O204">
         <v>2019</v>
       </c>
     </row>
     <row r="205" spans="1:26">
       <c r="A205" s="1">
-        <v>3826</v>
+        <v>3815</v>
       </c>
       <c r="B205" t="s">
         <v>447</v>
       </c>
       <c r="C205" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D205" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G205" t="s">
         <v>448</v>
       </c>
       <c r="O205">
         <v>2019</v>
       </c>
     </row>
     <row r="206" spans="1:26">
       <c r="A206" s="1">
-        <v>3827</v>
+        <v>3816</v>
       </c>
       <c r="B206" t="s">
         <v>449</v>
       </c>
       <c r="C206" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D206" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G206" t="s">
         <v>450</v>
       </c>
       <c r="O206">
         <v>2019</v>
       </c>
     </row>
     <row r="207" spans="1:26">
       <c r="A207" s="1">
-        <v>3828</v>
+        <v>3817</v>
       </c>
       <c r="B207" t="s">
         <v>451</v>
       </c>
       <c r="C207" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D207" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G207" t="s">
         <v>452</v>
       </c>
       <c r="O207">
         <v>2019</v>
       </c>
     </row>
     <row r="208" spans="1:26">
       <c r="A208" s="1">
-        <v>3829</v>
+        <v>3818</v>
       </c>
       <c r="B208" t="s">
         <v>453</v>
       </c>
       <c r="C208" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D208" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G208" t="s">
         <v>454</v>
       </c>
       <c r="O208">
         <v>2019</v>
       </c>
     </row>
     <row r="209" spans="1:26">
       <c r="A209" s="1">
-        <v>3830</v>
+        <v>3819</v>
       </c>
       <c r="B209" t="s">
         <v>455</v>
       </c>
       <c r="C209" t="s">
         <v>20</v>
       </c>
       <c r="D209" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="G209" t="s">
         <v>456</v>
       </c>
       <c r="O209">
         <v>2019</v>
       </c>
     </row>
     <row r="210" spans="1:26">
       <c r="A210" s="1">
-        <v>3831</v>
+        <v>3820</v>
       </c>
       <c r="B210" t="s">
         <v>457</v>
       </c>
       <c r="C210" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D210" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G210" t="s">
         <v>458</v>
       </c>
       <c r="O210">
         <v>2019</v>
       </c>
     </row>
     <row r="211" spans="1:26">
       <c r="A211" s="1">
-        <v>3832</v>
+        <v>3821</v>
       </c>
       <c r="B211" t="s">
         <v>459</v>
       </c>
       <c r="C211" t="s">
         <v>20</v>
       </c>
       <c r="D211" t="s">
-        <v>288</v>
+        <v>21</v>
       </c>
       <c r="G211" t="s">
         <v>460</v>
       </c>
       <c r="O211">
         <v>2019</v>
       </c>
     </row>
     <row r="212" spans="1:26">
       <c r="A212" s="1">
-        <v>3833</v>
+        <v>3822</v>
       </c>
       <c r="B212" t="s">
         <v>461</v>
       </c>
       <c r="C212" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D212" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G212" t="s">
         <v>462</v>
       </c>
       <c r="O212">
         <v>2019</v>
       </c>
     </row>
     <row r="213" spans="1:26">
       <c r="A213" s="1">
-        <v>3834</v>
+        <v>3823</v>
       </c>
       <c r="B213" t="s">
         <v>463</v>
       </c>
       <c r="C213" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D213" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G213" t="s">
         <v>464</v>
       </c>
       <c r="O213">
         <v>2019</v>
       </c>
     </row>
     <row r="214" spans="1:26">
       <c r="A214" s="1">
-        <v>3835</v>
+        <v>3824</v>
       </c>
       <c r="B214" t="s">
         <v>465</v>
       </c>
       <c r="C214" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D214" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G214" t="s">
         <v>466</v>
       </c>
       <c r="O214">
         <v>2019</v>
       </c>
     </row>
     <row r="215" spans="1:26">
       <c r="A215" s="1">
-        <v>3836</v>
+        <v>3825</v>
       </c>
       <c r="B215" t="s">
         <v>467</v>
       </c>
       <c r="C215" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D215" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G215" t="s">
         <v>468</v>
       </c>
       <c r="O215">
         <v>2019</v>
       </c>
     </row>
     <row r="216" spans="1:26">
       <c r="A216" s="1">
-        <v>3837</v>
+        <v>3826</v>
       </c>
       <c r="B216" t="s">
         <v>469</v>
       </c>
       <c r="C216" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D216" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G216" t="s">
         <v>470</v>
       </c>
       <c r="O216">
         <v>2019</v>
       </c>
     </row>
     <row r="217" spans="1:26">
       <c r="A217" s="1">
-        <v>3838</v>
+        <v>3827</v>
       </c>
       <c r="B217" t="s">
         <v>471</v>
       </c>
       <c r="C217" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D217" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G217" t="s">
         <v>472</v>
       </c>
       <c r="O217">
         <v>2019</v>
       </c>
     </row>
     <row r="218" spans="1:26">
       <c r="A218" s="1">
-        <v>3839</v>
+        <v>3828</v>
       </c>
       <c r="B218" t="s">
         <v>473</v>
       </c>
       <c r="C218" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D218" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G218" t="s">
         <v>474</v>
       </c>
       <c r="O218">
         <v>2019</v>
       </c>
     </row>
     <row r="219" spans="1:26">
       <c r="A219" s="1">
-        <v>3840</v>
+        <v>3829</v>
       </c>
       <c r="B219" t="s">
         <v>475</v>
       </c>
       <c r="C219" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D219" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G219" t="s">
         <v>476</v>
       </c>
       <c r="O219">
         <v>2019</v>
       </c>
     </row>
     <row r="220" spans="1:26">
       <c r="A220" s="1">
-        <v>3841</v>
+        <v>3830</v>
       </c>
       <c r="B220" t="s">
         <v>477</v>
       </c>
       <c r="C220" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D220" t="s">
-        <v>17</v>
+        <v>63</v>
       </c>
       <c r="G220" t="s">
         <v>478</v>
       </c>
       <c r="O220">
         <v>2019</v>
       </c>
     </row>
     <row r="221" spans="1:26">
       <c r="A221" s="1">
-        <v>3842</v>
+        <v>3831</v>
       </c>
       <c r="B221" t="s">
         <v>479</v>
       </c>
       <c r="C221" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D221" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G221" t="s">
         <v>480</v>
       </c>
       <c r="O221">
         <v>2019</v>
       </c>
     </row>
     <row r="222" spans="1:26">
       <c r="A222" s="1">
-        <v>3843</v>
+        <v>3832</v>
       </c>
       <c r="B222" t="s">
         <v>481</v>
       </c>
       <c r="C222" t="s">
         <v>16</v>
       </c>
       <c r="D222" t="s">
-        <v>17</v>
+        <v>310</v>
       </c>
       <c r="G222" t="s">
         <v>482</v>
       </c>
       <c r="O222">
         <v>2019</v>
       </c>
     </row>
     <row r="223" spans="1:26">
       <c r="A223" s="1">
-        <v>3844</v>
+        <v>3833</v>
       </c>
       <c r="B223" t="s">
         <v>483</v>
       </c>
       <c r="C223" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D223" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="E223" t="s">
+        <v>21</v>
+      </c>
+      <c r="G223" t="s">
         <v>484</v>
-      </c>
-[...1 lines deleted...]
-        <v>485</v>
       </c>
       <c r="O223">
         <v>2019</v>
       </c>
     </row>
     <row r="224" spans="1:26">
       <c r="A224" s="1">
-        <v>3845</v>
+        <v>3834</v>
       </c>
       <c r="B224" t="s">
+        <v>485</v>
+      </c>
+      <c r="C224" t="s">
+        <v>20</v>
+      </c>
+      <c r="D224" t="s">
+        <v>21</v>
+      </c>
+      <c r="G224" t="s">
         <v>486</v>
-      </c>
-[...7 lines deleted...]
-        <v>487</v>
       </c>
       <c r="O224">
         <v>2019</v>
       </c>
     </row>
     <row r="225" spans="1:26">
       <c r="A225" s="1">
-        <v>3846</v>
+        <v>3835</v>
       </c>
       <c r="B225" t="s">
+        <v>487</v>
+      </c>
+      <c r="C225" t="s">
+        <v>20</v>
+      </c>
+      <c r="D225" t="s">
+        <v>21</v>
+      </c>
+      <c r="G225" t="s">
         <v>488</v>
-      </c>
-[...7 lines deleted...]
-        <v>489</v>
       </c>
       <c r="O225">
         <v>2019</v>
       </c>
     </row>
     <row r="226" spans="1:26">
       <c r="A226" s="1">
-        <v>3847</v>
+        <v>3836</v>
       </c>
       <c r="B226" t="s">
+        <v>489</v>
+      </c>
+      <c r="C226" t="s">
+        <v>20</v>
+      </c>
+      <c r="D226" t="s">
+        <v>21</v>
+      </c>
+      <c r="G226" t="s">
         <v>490</v>
-      </c>
-[...7 lines deleted...]
-        <v>491</v>
       </c>
       <c r="O226">
         <v>2019</v>
       </c>
     </row>
     <row r="227" spans="1:26">
       <c r="A227" s="1">
-        <v>3848</v>
+        <v>3837</v>
       </c>
       <c r="B227" t="s">
+        <v>491</v>
+      </c>
+      <c r="C227" t="s">
+        <v>20</v>
+      </c>
+      <c r="D227" t="s">
+        <v>21</v>
+      </c>
+      <c r="G227" t="s">
         <v>492</v>
-      </c>
-[...7 lines deleted...]
-        <v>493</v>
       </c>
       <c r="O227">
         <v>2019</v>
       </c>
     </row>
     <row r="228" spans="1:26">
       <c r="A228" s="1">
-        <v>3849</v>
+        <v>3838</v>
       </c>
       <c r="B228" t="s">
+        <v>493</v>
+      </c>
+      <c r="C228" t="s">
+        <v>20</v>
+      </c>
+      <c r="D228" t="s">
+        <v>21</v>
+      </c>
+      <c r="G228" t="s">
         <v>494</v>
-      </c>
-[...7 lines deleted...]
-        <v>495</v>
       </c>
       <c r="O228">
         <v>2019</v>
       </c>
     </row>
     <row r="229" spans="1:26">
       <c r="A229" s="1">
-        <v>3850</v>
+        <v>3839</v>
       </c>
       <c r="B229" t="s">
+        <v>495</v>
+      </c>
+      <c r="C229" t="s">
+        <v>20</v>
+      </c>
+      <c r="D229" t="s">
+        <v>21</v>
+      </c>
+      <c r="G229" t="s">
         <v>496</v>
-      </c>
-[...7 lines deleted...]
-        <v>497</v>
       </c>
       <c r="O229">
         <v>2019</v>
       </c>
     </row>
     <row r="230" spans="1:26">
       <c r="A230" s="1">
-        <v>3851</v>
+        <v>3840</v>
       </c>
       <c r="B230" t="s">
+        <v>497</v>
+      </c>
+      <c r="C230" t="s">
+        <v>20</v>
+      </c>
+      <c r="D230" t="s">
+        <v>21</v>
+      </c>
+      <c r="G230" t="s">
         <v>498</v>
-      </c>
-[...7 lines deleted...]
-        <v>499</v>
       </c>
       <c r="O230">
         <v>2019</v>
       </c>
     </row>
     <row r="231" spans="1:26">
       <c r="A231" s="1">
-        <v>3852</v>
+        <v>3841</v>
       </c>
       <c r="B231" t="s">
+        <v>499</v>
+      </c>
+      <c r="C231" t="s">
+        <v>16</v>
+      </c>
+      <c r="D231" t="s">
+        <v>21</v>
+      </c>
+      <c r="G231" t="s">
         <v>500</v>
-      </c>
-[...7 lines deleted...]
-        <v>501</v>
       </c>
       <c r="O231">
         <v>2019</v>
       </c>
     </row>
     <row r="232" spans="1:26">
       <c r="A232" s="1">
-        <v>3853</v>
+        <v>3842</v>
       </c>
       <c r="B232" t="s">
+        <v>501</v>
+      </c>
+      <c r="C232" t="s">
+        <v>20</v>
+      </c>
+      <c r="D232" t="s">
+        <v>21</v>
+      </c>
+      <c r="G232" t="s">
         <v>502</v>
-      </c>
-[...7 lines deleted...]
-        <v>503</v>
       </c>
       <c r="O232">
         <v>2019</v>
       </c>
     </row>
     <row r="233" spans="1:26">
       <c r="A233" s="1">
-        <v>3854</v>
+        <v>3843</v>
       </c>
       <c r="B233" t="s">
+        <v>503</v>
+      </c>
+      <c r="C233" t="s">
+        <v>20</v>
+      </c>
+      <c r="D233" t="s">
+        <v>21</v>
+      </c>
+      <c r="G233" t="s">
         <v>504</v>
       </c>
-      <c r="C233" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O233">
-        <v>2018</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="234" spans="1:26">
       <c r="A234" s="1">
-        <v>3855</v>
+        <v>3844</v>
       </c>
       <c r="B234" t="s">
+        <v>505</v>
+      </c>
+      <c r="C234" t="s">
+        <v>20</v>
+      </c>
+      <c r="D234" t="s">
+        <v>21</v>
+      </c>
+      <c r="E234" t="s">
         <v>506</v>
-      </c>
-[...4 lines deleted...]
-        <v>17</v>
       </c>
       <c r="G234" t="s">
         <v>507</v>
       </c>
       <c r="O234">
-        <v>2018</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="235" spans="1:26">
       <c r="A235" s="1">
-        <v>3856</v>
+        <v>3845</v>
       </c>
       <c r="B235" t="s">
         <v>508</v>
       </c>
       <c r="C235" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D235" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G235" t="s">
         <v>509</v>
       </c>
       <c r="O235">
-        <v>2018</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="236" spans="1:26">
       <c r="A236" s="1">
-        <v>3857</v>
+        <v>3846</v>
       </c>
       <c r="B236" t="s">
         <v>510</v>
       </c>
       <c r="C236" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D236" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G236" t="s">
         <v>511</v>
       </c>
       <c r="O236">
-        <v>2018</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="237" spans="1:26">
       <c r="A237" s="1">
-        <v>3858</v>
+        <v>3847</v>
       </c>
       <c r="B237" t="s">
         <v>512</v>
       </c>
       <c r="C237" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D237" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G237" t="s">
         <v>513</v>
       </c>
       <c r="O237">
-        <v>2018</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="238" spans="1:26">
       <c r="A238" s="1">
-        <v>3859</v>
+        <v>3848</v>
       </c>
       <c r="B238" t="s">
         <v>514</v>
       </c>
       <c r="C238" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D238" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G238" t="s">
         <v>515</v>
       </c>
       <c r="O238">
-        <v>2018</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="239" spans="1:26">
       <c r="A239" s="1">
-        <v>3860</v>
+        <v>3849</v>
       </c>
       <c r="B239" t="s">
         <v>516</v>
       </c>
       <c r="C239" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D239" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G239" t="s">
         <v>517</v>
       </c>
       <c r="O239">
-        <v>2018</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="240" spans="1:26">
       <c r="A240" s="1">
-        <v>3861</v>
+        <v>3850</v>
       </c>
       <c r="B240" t="s">
         <v>518</v>
       </c>
       <c r="C240" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D240" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G240" t="s">
         <v>519</v>
       </c>
       <c r="O240">
-        <v>2018</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="241" spans="1:26">
       <c r="A241" s="1">
-        <v>3862</v>
+        <v>3851</v>
       </c>
       <c r="B241" t="s">
         <v>520</v>
       </c>
       <c r="C241" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D241" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G241" t="s">
         <v>521</v>
       </c>
       <c r="O241">
-        <v>2018</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="242" spans="1:26">
       <c r="A242" s="1">
-        <v>3863</v>
+        <v>3852</v>
       </c>
       <c r="B242" t="s">
         <v>522</v>
       </c>
       <c r="C242" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D242" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G242" t="s">
         <v>523</v>
       </c>
       <c r="O242">
-        <v>2018</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="243" spans="1:26">
       <c r="A243" s="1">
-        <v>3864</v>
+        <v>3853</v>
       </c>
       <c r="B243" t="s">
         <v>524</v>
       </c>
       <c r="C243" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D243" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G243" t="s">
         <v>525</v>
       </c>
       <c r="O243">
-        <v>2018</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="244" spans="1:26">
       <c r="A244" s="1">
-        <v>3865</v>
+        <v>3854</v>
       </c>
       <c r="B244" t="s">
         <v>526</v>
       </c>
       <c r="C244" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D244" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G244" t="s">
         <v>527</v>
       </c>
       <c r="O244">
         <v>2018</v>
       </c>
     </row>
     <row r="245" spans="1:26">
       <c r="A245" s="1">
-        <v>3866</v>
+        <v>3855</v>
       </c>
       <c r="B245" t="s">
         <v>528</v>
       </c>
       <c r="C245" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D245" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G245" t="s">
         <v>529</v>
       </c>
       <c r="O245">
         <v>2018</v>
       </c>
     </row>
     <row r="246" spans="1:26">
       <c r="A246" s="1">
-        <v>3867</v>
+        <v>3856</v>
       </c>
       <c r="B246" t="s">
         <v>530</v>
       </c>
       <c r="C246" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D246" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G246" t="s">
         <v>531</v>
       </c>
       <c r="O246">
         <v>2018</v>
       </c>
     </row>
     <row r="247" spans="1:26">
       <c r="A247" s="1">
-        <v>3868</v>
+        <v>3857</v>
       </c>
       <c r="B247" t="s">
         <v>532</v>
       </c>
       <c r="C247" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D247" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G247" t="s">
         <v>533</v>
       </c>
       <c r="O247">
         <v>2018</v>
       </c>
     </row>
     <row r="248" spans="1:26">
       <c r="A248" s="1">
-        <v>3869</v>
+        <v>3858</v>
       </c>
       <c r="B248" t="s">
         <v>534</v>
       </c>
       <c r="C248" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D248" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G248" t="s">
         <v>535</v>
       </c>
       <c r="O248">
         <v>2018</v>
       </c>
     </row>
     <row r="249" spans="1:26">
       <c r="A249" s="1">
-        <v>3870</v>
+        <v>3859</v>
       </c>
       <c r="B249" t="s">
         <v>536</v>
       </c>
       <c r="C249" t="s">
         <v>20</v>
       </c>
       <c r="D249" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G249" t="s">
         <v>537</v>
       </c>
       <c r="O249">
         <v>2018</v>
       </c>
     </row>
     <row r="250" spans="1:26">
       <c r="A250" s="1">
-        <v>3871</v>
+        <v>3860</v>
       </c>
       <c r="B250" t="s">
         <v>538</v>
       </c>
       <c r="C250" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D250" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G250" t="s">
         <v>539</v>
       </c>
       <c r="O250">
         <v>2018</v>
       </c>
     </row>
     <row r="251" spans="1:26">
       <c r="A251" s="1">
-        <v>3872</v>
+        <v>3861</v>
       </c>
       <c r="B251" t="s">
         <v>540</v>
       </c>
       <c r="C251" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D251" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G251" t="s">
         <v>541</v>
       </c>
       <c r="O251">
         <v>2018</v>
       </c>
     </row>
     <row r="252" spans="1:26">
       <c r="A252" s="1">
-        <v>3873</v>
+        <v>3862</v>
       </c>
       <c r="B252" t="s">
         <v>542</v>
       </c>
       <c r="C252" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D252" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G252" t="s">
         <v>543</v>
       </c>
       <c r="O252">
         <v>2018</v>
       </c>
     </row>
     <row r="253" spans="1:26">
       <c r="A253" s="1">
-        <v>3874</v>
+        <v>3863</v>
       </c>
       <c r="B253" t="s">
         <v>544</v>
       </c>
       <c r="C253" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D253" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G253" t="s">
         <v>545</v>
       </c>
       <c r="O253">
         <v>2018</v>
       </c>
     </row>
     <row r="254" spans="1:26">
       <c r="A254" s="1">
-        <v>3875</v>
+        <v>3864</v>
       </c>
       <c r="B254" t="s">
         <v>546</v>
       </c>
       <c r="C254" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D254" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G254" t="s">
         <v>547</v>
       </c>
       <c r="O254">
         <v>2018</v>
       </c>
     </row>
     <row r="255" spans="1:26">
       <c r="A255" s="1">
-        <v>3876</v>
+        <v>3865</v>
       </c>
       <c r="B255" t="s">
         <v>548</v>
       </c>
       <c r="C255" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D255" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G255" t="s">
         <v>549</v>
       </c>
       <c r="O255">
         <v>2018</v>
       </c>
     </row>
     <row r="256" spans="1:26">
       <c r="A256" s="1">
-        <v>3877</v>
+        <v>3866</v>
       </c>
       <c r="B256" t="s">
         <v>550</v>
       </c>
       <c r="C256" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D256" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G256" t="s">
         <v>551</v>
       </c>
       <c r="O256">
         <v>2018</v>
       </c>
     </row>
     <row r="257" spans="1:26">
       <c r="A257" s="1">
-        <v>3878</v>
+        <v>3867</v>
       </c>
       <c r="B257" t="s">
         <v>552</v>
       </c>
       <c r="C257" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D257" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G257" t="s">
         <v>553</v>
       </c>
       <c r="O257">
         <v>2018</v>
       </c>
     </row>
     <row r="258" spans="1:26">
       <c r="A258" s="1">
-        <v>3879</v>
+        <v>3868</v>
       </c>
       <c r="B258" t="s">
         <v>554</v>
       </c>
       <c r="C258" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D258" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G258" t="s">
         <v>555</v>
       </c>
       <c r="O258">
         <v>2018</v>
       </c>
     </row>
     <row r="259" spans="1:26">
       <c r="A259" s="1">
-        <v>3880</v>
+        <v>3869</v>
       </c>
       <c r="B259" t="s">
         <v>556</v>
       </c>
       <c r="C259" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D259" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G259" t="s">
         <v>557</v>
       </c>
       <c r="O259">
         <v>2018</v>
       </c>
     </row>
     <row r="260" spans="1:26">
       <c r="A260" s="1">
-        <v>3881</v>
+        <v>3870</v>
       </c>
       <c r="B260" t="s">
         <v>558</v>
       </c>
       <c r="C260" t="s">
         <v>16</v>
       </c>
       <c r="D260" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G260" t="s">
         <v>559</v>
       </c>
       <c r="O260">
         <v>2018</v>
       </c>
     </row>
     <row r="261" spans="1:26">
       <c r="A261" s="1">
-        <v>3882</v>
+        <v>3871</v>
       </c>
       <c r="B261" t="s">
         <v>560</v>
       </c>
       <c r="C261" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D261" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G261" t="s">
         <v>561</v>
       </c>
       <c r="O261">
         <v>2018</v>
       </c>
     </row>
     <row r="262" spans="1:26">
       <c r="A262" s="1">
-        <v>3883</v>
+        <v>3872</v>
       </c>
       <c r="B262" t="s">
         <v>562</v>
       </c>
       <c r="C262" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D262" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G262" t="s">
         <v>563</v>
       </c>
       <c r="O262">
         <v>2018</v>
       </c>
     </row>
     <row r="263" spans="1:26">
       <c r="A263" s="1">
-        <v>3884</v>
+        <v>3873</v>
       </c>
       <c r="B263" t="s">
         <v>564</v>
       </c>
       <c r="C263" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D263" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G263" t="s">
         <v>565</v>
       </c>
       <c r="O263">
         <v>2018</v>
       </c>
     </row>
     <row r="264" spans="1:26">
       <c r="A264" s="1">
-        <v>3885</v>
+        <v>3874</v>
       </c>
       <c r="B264" t="s">
         <v>566</v>
       </c>
       <c r="C264" t="s">
         <v>20</v>
       </c>
       <c r="D264" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G264" t="s">
         <v>567</v>
       </c>
       <c r="O264">
         <v>2018</v>
       </c>
     </row>
     <row r="265" spans="1:26">
       <c r="A265" s="1">
-        <v>3886</v>
+        <v>3875</v>
       </c>
       <c r="B265" t="s">
         <v>568</v>
       </c>
       <c r="C265" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D265" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G265" t="s">
         <v>569</v>
       </c>
       <c r="O265">
         <v>2018</v>
       </c>
     </row>
     <row r="266" spans="1:26">
       <c r="A266" s="1">
-        <v>3887</v>
+        <v>3876</v>
       </c>
       <c r="B266" t="s">
         <v>570</v>
       </c>
       <c r="C266" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D266" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G266" t="s">
         <v>571</v>
       </c>
       <c r="O266">
         <v>2018</v>
       </c>
     </row>
     <row r="267" spans="1:26">
       <c r="A267" s="1">
-        <v>3888</v>
+        <v>3877</v>
       </c>
       <c r="B267" t="s">
         <v>572</v>
       </c>
       <c r="C267" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D267" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G267" t="s">
         <v>573</v>
       </c>
       <c r="O267">
         <v>2018</v>
       </c>
     </row>
     <row r="268" spans="1:26">
       <c r="A268" s="1">
-        <v>3889</v>
+        <v>3878</v>
       </c>
       <c r="B268" t="s">
         <v>574</v>
       </c>
       <c r="C268" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D268" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G268" t="s">
         <v>575</v>
       </c>
       <c r="O268">
         <v>2018</v>
       </c>
     </row>
     <row r="269" spans="1:26">
       <c r="A269" s="1">
-        <v>3890</v>
+        <v>3879</v>
       </c>
       <c r="B269" t="s">
         <v>576</v>
       </c>
       <c r="C269" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D269" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G269" t="s">
         <v>577</v>
       </c>
       <c r="O269">
         <v>2018</v>
       </c>
     </row>
     <row r="270" spans="1:26">
       <c r="A270" s="1">
-        <v>3891</v>
+        <v>3880</v>
       </c>
       <c r="B270" t="s">
         <v>578</v>
       </c>
       <c r="C270" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D270" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G270" t="s">
         <v>579</v>
       </c>
       <c r="O270">
         <v>2018</v>
       </c>
     </row>
     <row r="271" spans="1:26">
       <c r="A271" s="1">
-        <v>3892</v>
+        <v>3881</v>
       </c>
       <c r="B271" t="s">
         <v>580</v>
       </c>
       <c r="C271" t="s">
         <v>20</v>
       </c>
       <c r="D271" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G271" t="s">
         <v>581</v>
       </c>
       <c r="O271">
         <v>2018</v>
       </c>
     </row>
     <row r="272" spans="1:26">
       <c r="A272" s="1">
-        <v>3893</v>
+        <v>3882</v>
       </c>
       <c r="B272" t="s">
         <v>582</v>
       </c>
       <c r="C272" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D272" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G272" t="s">
         <v>583</v>
       </c>
       <c r="O272">
-        <v>2017</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="273" spans="1:26">
       <c r="A273" s="1">
-        <v>3894</v>
+        <v>3883</v>
       </c>
       <c r="B273" t="s">
         <v>584</v>
       </c>
       <c r="C273" t="s">
         <v>20</v>
       </c>
       <c r="D273" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G273" t="s">
         <v>585</v>
       </c>
       <c r="O273">
-        <v>2017</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="274" spans="1:26">
       <c r="A274" s="1">
-        <v>3895</v>
+        <v>3884</v>
       </c>
       <c r="B274" t="s">
         <v>586</v>
       </c>
       <c r="C274" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D274" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G274" t="s">
         <v>587</v>
       </c>
       <c r="O274">
-        <v>2017</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="275" spans="1:26">
       <c r="A275" s="1">
-        <v>3896</v>
+        <v>3885</v>
       </c>
       <c r="B275" t="s">
         <v>588</v>
       </c>
       <c r="C275" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D275" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G275" t="s">
         <v>589</v>
       </c>
       <c r="O275">
-        <v>2017</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="276" spans="1:26">
       <c r="A276" s="1">
-        <v>3897</v>
+        <v>3886</v>
       </c>
       <c r="B276" t="s">
         <v>590</v>
       </c>
       <c r="C276" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D276" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G276" t="s">
         <v>591</v>
       </c>
       <c r="O276">
-        <v>2017</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="277" spans="1:26">
       <c r="A277" s="1">
-        <v>3898</v>
+        <v>3887</v>
       </c>
       <c r="B277" t="s">
         <v>592</v>
       </c>
       <c r="C277" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D277" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="G277" t="s">
         <v>593</v>
       </c>
       <c r="O277">
-        <v>2017</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="278" spans="1:26">
       <c r="A278" s="1">
-        <v>3899</v>
+        <v>3888</v>
       </c>
       <c r="B278" t="s">
         <v>594</v>
       </c>
       <c r="C278" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D278" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G278" t="s">
         <v>595</v>
       </c>
       <c r="O278">
-        <v>2017</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="279" spans="1:26">
       <c r="A279" s="1">
-        <v>3900</v>
+        <v>3889</v>
       </c>
       <c r="B279" t="s">
         <v>596</v>
       </c>
       <c r="C279" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D279" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="G279" t="s">
         <v>597</v>
       </c>
       <c r="O279">
-        <v>2017</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="280" spans="1:26">
       <c r="A280" s="1">
-        <v>3901</v>
+        <v>3890</v>
       </c>
       <c r="B280" t="s">
         <v>598</v>
       </c>
       <c r="C280" t="s">
         <v>20</v>
       </c>
       <c r="D280" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G280" t="s">
         <v>599</v>
       </c>
       <c r="O280">
-        <v>2017</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="281" spans="1:26">
       <c r="A281" s="1">
-        <v>3902</v>
+        <v>3891</v>
       </c>
       <c r="B281" t="s">
         <v>600</v>
       </c>
       <c r="C281" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D281" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G281" t="s">
         <v>601</v>
       </c>
       <c r="O281">
-        <v>2017</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="282" spans="1:26">
       <c r="A282" s="1">
-        <v>3903</v>
+        <v>3892</v>
       </c>
       <c r="B282" t="s">
         <v>602</v>
       </c>
       <c r="C282" t="s">
         <v>16</v>
       </c>
       <c r="D282" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G282" t="s">
         <v>603</v>
       </c>
       <c r="O282">
-        <v>2017</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="283" spans="1:26">
       <c r="A283" s="1">
-        <v>3904</v>
+        <v>3893</v>
       </c>
       <c r="B283" t="s">
         <v>604</v>
       </c>
       <c r="C283" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D283" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G283" t="s">
         <v>605</v>
       </c>
       <c r="O283">
         <v>2017</v>
       </c>
     </row>
     <row r="284" spans="1:26">
       <c r="A284" s="1">
-        <v>3905</v>
+        <v>3894</v>
       </c>
       <c r="B284" t="s">
         <v>606</v>
       </c>
       <c r="C284" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D284" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G284" t="s">
         <v>607</v>
       </c>
       <c r="O284">
         <v>2017</v>
       </c>
     </row>
     <row r="285" spans="1:26">
       <c r="A285" s="1">
-        <v>3906</v>
+        <v>3895</v>
       </c>
       <c r="B285" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="C285" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D285" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="G285" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="O285">
         <v>2017</v>
       </c>
     </row>
     <row r="286" spans="1:26">
       <c r="A286" s="1">
-        <v>3907</v>
+        <v>3896</v>
       </c>
       <c r="B286" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="C286" t="s">
         <v>16</v>
       </c>
       <c r="D286" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G286" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="O286">
         <v>2017</v>
       </c>
     </row>
     <row r="287" spans="1:26">
       <c r="A287" s="1">
-        <v>3908</v>
+        <v>3897</v>
       </c>
       <c r="B287" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="C287" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D287" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G287" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="O287">
         <v>2017</v>
       </c>
     </row>
     <row r="288" spans="1:26">
       <c r="A288" s="1">
-        <v>3909</v>
+        <v>3898</v>
       </c>
       <c r="B288" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="C288" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D288" t="s">
-        <v>17</v>
+        <v>63</v>
       </c>
       <c r="G288" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="O288">
         <v>2017</v>
       </c>
     </row>
     <row r="289" spans="1:26">
       <c r="A289" s="1">
-        <v>3910</v>
+        <v>3899</v>
       </c>
       <c r="B289" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="C289" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D289" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="G289" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="O289">
         <v>2017</v>
       </c>
     </row>
     <row r="290" spans="1:26">
       <c r="A290" s="1">
-        <v>3911</v>
+        <v>3900</v>
       </c>
       <c r="B290" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="C290" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D290" t="s">
-        <v>17</v>
+        <v>63</v>
       </c>
       <c r="G290" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="O290">
         <v>2017</v>
       </c>
     </row>
     <row r="291" spans="1:26">
       <c r="A291" s="1">
-        <v>3912</v>
+        <v>3901</v>
       </c>
       <c r="B291" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="C291" t="s">
         <v>16</v>
       </c>
       <c r="D291" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G291" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="O291">
         <v>2017</v>
       </c>
     </row>
     <row r="292" spans="1:26">
       <c r="A292" s="1">
-        <v>3913</v>
+        <v>3902</v>
       </c>
       <c r="B292" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="C292" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D292" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G292" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="O292">
         <v>2017</v>
       </c>
     </row>
     <row r="293" spans="1:26">
       <c r="A293" s="1">
-        <v>3914</v>
+        <v>3903</v>
       </c>
       <c r="B293" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="C293" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D293" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G293" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="O293">
         <v>2017</v>
       </c>
     </row>
     <row r="294" spans="1:26">
       <c r="A294" s="1">
-        <v>3915</v>
+        <v>3904</v>
       </c>
       <c r="B294" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="C294" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D294" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G294" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="O294">
         <v>2017</v>
       </c>
     </row>
     <row r="295" spans="1:26">
       <c r="A295" s="1">
-        <v>3916</v>
+        <v>3905</v>
       </c>
       <c r="B295" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="C295" t="s">
         <v>16</v>
       </c>
       <c r="D295" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G295" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="O295">
         <v>2017</v>
       </c>
     </row>
     <row r="296" spans="1:26">
       <c r="A296" s="1">
-        <v>3917</v>
+        <v>3906</v>
       </c>
       <c r="B296" t="s">
-        <v>629</v>
+        <v>628</v>
       </c>
       <c r="C296" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D296" t="s">
-        <v>17</v>
+        <v>63</v>
       </c>
       <c r="G296" t="s">
         <v>630</v>
       </c>
       <c r="O296">
         <v>2017</v>
       </c>
     </row>
     <row r="297" spans="1:26">
       <c r="A297" s="1">
-        <v>3918</v>
+        <v>3907</v>
       </c>
       <c r="B297" t="s">
         <v>631</v>
       </c>
       <c r="C297" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D297" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G297" t="s">
         <v>632</v>
       </c>
       <c r="O297">
         <v>2017</v>
       </c>
     </row>
     <row r="298" spans="1:26">
       <c r="A298" s="1">
-        <v>3919</v>
+        <v>3908</v>
       </c>
       <c r="B298" t="s">
         <v>633</v>
       </c>
       <c r="C298" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D298" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G298" t="s">
         <v>634</v>
       </c>
       <c r="O298">
         <v>2017</v>
       </c>
     </row>
     <row r="299" spans="1:26">
       <c r="A299" s="1">
-        <v>3920</v>
+        <v>3909</v>
       </c>
       <c r="B299" t="s">
         <v>635</v>
       </c>
       <c r="C299" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D299" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G299" t="s">
         <v>636</v>
       </c>
       <c r="O299">
         <v>2017</v>
       </c>
     </row>
     <row r="300" spans="1:26">
       <c r="A300" s="1">
-        <v>3921</v>
+        <v>3910</v>
       </c>
       <c r="B300" t="s">
         <v>637</v>
       </c>
       <c r="C300" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D300" t="s">
-        <v>17</v>
+        <v>63</v>
       </c>
       <c r="G300" t="s">
         <v>638</v>
       </c>
       <c r="O300">
         <v>2017</v>
       </c>
     </row>
     <row r="301" spans="1:26">
       <c r="A301" s="1">
-        <v>3922</v>
+        <v>3911</v>
       </c>
       <c r="B301" t="s">
         <v>639</v>
       </c>
       <c r="C301" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D301" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G301" t="s">
         <v>640</v>
       </c>
       <c r="O301">
         <v>2017</v>
       </c>
     </row>
     <row r="302" spans="1:26">
       <c r="A302" s="1">
-        <v>3923</v>
+        <v>3912</v>
       </c>
       <c r="B302" t="s">
         <v>641</v>
       </c>
       <c r="C302" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D302" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G302" t="s">
         <v>642</v>
       </c>
       <c r="O302">
         <v>2017</v>
       </c>
     </row>
     <row r="303" spans="1:26">
       <c r="A303" s="1">
-        <v>3924</v>
+        <v>3913</v>
       </c>
       <c r="B303" t="s">
         <v>643</v>
       </c>
       <c r="C303" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D303" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G303" t="s">
         <v>644</v>
       </c>
       <c r="O303">
         <v>2017</v>
       </c>
     </row>
     <row r="304" spans="1:26">
       <c r="A304" s="1">
-        <v>3925</v>
+        <v>3914</v>
       </c>
       <c r="B304" t="s">
         <v>645</v>
       </c>
       <c r="C304" t="s">
         <v>20</v>
       </c>
       <c r="D304" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G304" t="s">
         <v>646</v>
       </c>
       <c r="O304">
         <v>2017</v>
       </c>
     </row>
     <row r="305" spans="1:26">
       <c r="A305" s="1">
-        <v>3926</v>
+        <v>3915</v>
       </c>
       <c r="B305" t="s">
         <v>647</v>
       </c>
       <c r="C305" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D305" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G305" t="s">
         <v>648</v>
       </c>
       <c r="O305">
         <v>2017</v>
       </c>
     </row>
     <row r="306" spans="1:26">
       <c r="A306" s="1">
-        <v>3927</v>
+        <v>3916</v>
       </c>
       <c r="B306" t="s">
         <v>649</v>
       </c>
       <c r="C306" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D306" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G306" t="s">
         <v>650</v>
       </c>
       <c r="O306">
         <v>2017</v>
       </c>
     </row>
     <row r="307" spans="1:26">
       <c r="A307" s="1">
-        <v>3928</v>
+        <v>3917</v>
       </c>
       <c r="B307" t="s">
         <v>651</v>
       </c>
       <c r="C307" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D307" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G307" t="s">
         <v>652</v>
       </c>
       <c r="O307">
         <v>2017</v>
       </c>
     </row>
     <row r="308" spans="1:26">
       <c r="A308" s="1">
-        <v>3929</v>
+        <v>3918</v>
       </c>
       <c r="B308" t="s">
         <v>653</v>
       </c>
       <c r="C308" t="s">
         <v>20</v>
       </c>
       <c r="D308" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G308" t="s">
         <v>654</v>
       </c>
       <c r="O308">
         <v>2017</v>
       </c>
     </row>
     <row r="309" spans="1:26">
       <c r="A309" s="1">
-        <v>3930</v>
+        <v>3919</v>
       </c>
       <c r="B309" t="s">
         <v>655</v>
       </c>
       <c r="C309" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D309" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G309" t="s">
         <v>656</v>
       </c>
       <c r="O309">
         <v>2017</v>
       </c>
     </row>
     <row r="310" spans="1:26">
       <c r="A310" s="1">
-        <v>3931</v>
+        <v>3920</v>
       </c>
       <c r="B310" t="s">
         <v>657</v>
       </c>
       <c r="C310" t="s">
         <v>20</v>
       </c>
       <c r="D310" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G310" t="s">
         <v>658</v>
       </c>
       <c r="O310">
         <v>2017</v>
       </c>
     </row>
     <row r="311" spans="1:26">
       <c r="A311" s="1">
-        <v>3932</v>
+        <v>3921</v>
       </c>
       <c r="B311" t="s">
         <v>659</v>
       </c>
       <c r="C311" t="s">
         <v>20</v>
       </c>
       <c r="D311" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G311" t="s">
         <v>660</v>
       </c>
       <c r="O311">
-        <v>2016</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="312" spans="1:26">
       <c r="A312" s="1">
-        <v>3933</v>
+        <v>3922</v>
       </c>
       <c r="B312" t="s">
         <v>661</v>
       </c>
       <c r="C312" t="s">
         <v>20</v>
       </c>
       <c r="D312" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G312" t="s">
         <v>662</v>
       </c>
       <c r="O312">
-        <v>2016</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="313" spans="1:26">
       <c r="A313" s="1">
-        <v>3934</v>
+        <v>3923</v>
       </c>
       <c r="B313" t="s">
         <v>663</v>
       </c>
       <c r="C313" t="s">
         <v>20</v>
       </c>
       <c r="D313" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G313" t="s">
         <v>664</v>
       </c>
       <c r="O313">
-        <v>2016</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="314" spans="1:26">
       <c r="A314" s="1">
-        <v>3935</v>
+        <v>3924</v>
       </c>
       <c r="B314" t="s">
         <v>665</v>
       </c>
       <c r="C314" t="s">
         <v>20</v>
       </c>
       <c r="D314" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G314" t="s">
         <v>666</v>
       </c>
       <c r="O314">
-        <v>2016</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="315" spans="1:26">
       <c r="A315" s="1">
-        <v>3936</v>
+        <v>3925</v>
       </c>
       <c r="B315" t="s">
         <v>667</v>
       </c>
       <c r="C315" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D315" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G315" t="s">
         <v>668</v>
       </c>
       <c r="O315">
-        <v>2016</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="316" spans="1:26">
       <c r="A316" s="1">
-        <v>3937</v>
+        <v>3926</v>
       </c>
       <c r="B316" t="s">
         <v>669</v>
       </c>
       <c r="C316" t="s">
         <v>20</v>
       </c>
       <c r="D316" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G316" t="s">
         <v>670</v>
       </c>
       <c r="O316">
-        <v>2016</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="317" spans="1:26">
       <c r="A317" s="1">
-        <v>3938</v>
+        <v>3927</v>
       </c>
       <c r="B317" t="s">
         <v>671</v>
       </c>
       <c r="C317" t="s">
         <v>20</v>
       </c>
       <c r="D317" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G317" t="s">
         <v>672</v>
       </c>
       <c r="O317">
-        <v>2016</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="318" spans="1:26">
       <c r="A318" s="1">
-        <v>3939</v>
+        <v>3928</v>
       </c>
       <c r="B318" t="s">
         <v>673</v>
       </c>
       <c r="C318" t="s">
         <v>20</v>
       </c>
       <c r="D318" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G318" t="s">
         <v>674</v>
       </c>
       <c r="O318">
-        <v>2016</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="319" spans="1:26">
       <c r="A319" s="1">
-        <v>3940</v>
+        <v>3929</v>
       </c>
       <c r="B319" t="s">
         <v>675</v>
       </c>
       <c r="C319" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D319" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G319" t="s">
         <v>676</v>
       </c>
       <c r="O319">
-        <v>2016</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="320" spans="1:26">
       <c r="A320" s="1">
-        <v>3941</v>
+        <v>3930</v>
       </c>
       <c r="B320" t="s">
         <v>677</v>
       </c>
       <c r="C320" t="s">
         <v>20</v>
       </c>
       <c r="D320" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G320" t="s">
         <v>678</v>
       </c>
       <c r="O320">
-        <v>2016</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="321" spans="1:26">
       <c r="A321" s="1">
-        <v>3942</v>
+        <v>3931</v>
       </c>
       <c r="B321" t="s">
         <v>679</v>
       </c>
       <c r="C321" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D321" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G321" t="s">
         <v>680</v>
       </c>
       <c r="O321">
-        <v>2016</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="322" spans="1:26">
       <c r="A322" s="1">
-        <v>3943</v>
+        <v>3932</v>
       </c>
       <c r="B322" t="s">
         <v>681</v>
       </c>
       <c r="C322" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D322" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G322" t="s">
         <v>682</v>
       </c>
       <c r="O322">
-        <v>2015</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="323" spans="1:26">
       <c r="A323" s="1">
-        <v>3944</v>
+        <v>3933</v>
       </c>
       <c r="B323" t="s">
         <v>683</v>
       </c>
       <c r="C323" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D323" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G323" t="s">
         <v>684</v>
       </c>
       <c r="O323">
-        <v>2015</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="324" spans="1:26">
       <c r="A324" s="1">
-        <v>3945</v>
+        <v>3934</v>
       </c>
       <c r="B324" t="s">
         <v>685</v>
       </c>
       <c r="C324" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D324" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G324" t="s">
         <v>686</v>
       </c>
       <c r="O324">
-        <v>2015</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="325" spans="1:26">
       <c r="A325" s="1">
-        <v>3946</v>
+        <v>3935</v>
       </c>
       <c r="B325" t="s">
         <v>687</v>
       </c>
       <c r="C325" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D325" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G325" t="s">
         <v>688</v>
       </c>
       <c r="O325">
-        <v>2015</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="326" spans="1:26">
       <c r="A326" s="1">
-        <v>3947</v>
+        <v>3936</v>
       </c>
       <c r="B326" t="s">
         <v>689</v>
       </c>
       <c r="C326" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D326" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G326" t="s">
         <v>690</v>
       </c>
       <c r="O326">
-        <v>2015</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="327" spans="1:26">
       <c r="A327" s="1">
-        <v>3948</v>
+        <v>3937</v>
       </c>
       <c r="B327" t="s">
         <v>691</v>
       </c>
       <c r="C327" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D327" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="G327" t="s">
         <v>692</v>
       </c>
       <c r="O327">
-        <v>2015</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="328" spans="1:26">
       <c r="A328" s="1">
-        <v>3949</v>
+        <v>3938</v>
       </c>
       <c r="B328" t="s">
         <v>693</v>
       </c>
       <c r="C328" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D328" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G328" t="s">
         <v>694</v>
       </c>
       <c r="O328">
-        <v>2015</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="329" spans="1:26">
       <c r="A329" s="1">
-        <v>3950</v>
+        <v>3939</v>
       </c>
       <c r="B329" t="s">
         <v>695</v>
       </c>
       <c r="C329" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D329" t="s">
+        <v>21</v>
+      </c>
+      <c r="G329" t="s">
         <v>696</v>
       </c>
-      <c r="G329" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O329">
-        <v>2015</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="330" spans="1:26">
       <c r="A330" s="1">
-        <v>3951</v>
+        <v>3940</v>
       </c>
       <c r="B330" t="s">
+        <v>697</v>
+      </c>
+      <c r="C330" t="s">
+        <v>16</v>
+      </c>
+      <c r="D330" t="s">
+        <v>21</v>
+      </c>
+      <c r="G330" t="s">
         <v>698</v>
       </c>
-      <c r="C330" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O330">
-        <v>2015</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="331" spans="1:26">
       <c r="A331" s="1">
-        <v>3952</v>
+        <v>3941</v>
       </c>
       <c r="B331" t="s">
+        <v>699</v>
+      </c>
+      <c r="C331" t="s">
+        <v>16</v>
+      </c>
+      <c r="D331" t="s">
+        <v>21</v>
+      </c>
+      <c r="G331" t="s">
         <v>700</v>
       </c>
-      <c r="C331" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O331">
-        <v>2015</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="332" spans="1:26">
       <c r="A332" s="1">
-        <v>3953</v>
+        <v>3942</v>
       </c>
       <c r="B332" t="s">
+        <v>701</v>
+      </c>
+      <c r="C332" t="s">
+        <v>16</v>
+      </c>
+      <c r="D332" t="s">
+        <v>21</v>
+      </c>
+      <c r="G332" t="s">
         <v>702</v>
       </c>
-      <c r="C332" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O332">
-        <v>2015</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="333" spans="1:26">
       <c r="A333" s="1">
-        <v>3954</v>
+        <v>3943</v>
       </c>
       <c r="B333" t="s">
+        <v>703</v>
+      </c>
+      <c r="C333" t="s">
+        <v>16</v>
+      </c>
+      <c r="D333" t="s">
+        <v>21</v>
+      </c>
+      <c r="G333" t="s">
         <v>704</v>
-      </c>
-[...7 lines deleted...]
-        <v>705</v>
       </c>
       <c r="O333">
         <v>2015</v>
       </c>
     </row>
     <row r="334" spans="1:26">
       <c r="A334" s="1">
-        <v>3955</v>
+        <v>3944</v>
       </c>
       <c r="B334" t="s">
+        <v>705</v>
+      </c>
+      <c r="C334" t="s">
+        <v>16</v>
+      </c>
+      <c r="D334" t="s">
+        <v>21</v>
+      </c>
+      <c r="G334" t="s">
         <v>706</v>
-      </c>
-[...7 lines deleted...]
-        <v>707</v>
       </c>
       <c r="O334">
         <v>2015</v>
       </c>
     </row>
     <row r="335" spans="1:26">
       <c r="A335" s="1">
-        <v>3956</v>
+        <v>3945</v>
       </c>
       <c r="B335" t="s">
+        <v>707</v>
+      </c>
+      <c r="C335" t="s">
+        <v>16</v>
+      </c>
+      <c r="D335" t="s">
+        <v>21</v>
+      </c>
+      <c r="G335" t="s">
         <v>708</v>
       </c>
-      <c r="C335" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O335">
-        <v>2014</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="336" spans="1:26">
       <c r="A336" s="1">
-        <v>3957</v>
+        <v>3946</v>
       </c>
       <c r="B336" t="s">
+        <v>709</v>
+      </c>
+      <c r="C336" t="s">
+        <v>16</v>
+      </c>
+      <c r="D336" t="s">
+        <v>21</v>
+      </c>
+      <c r="G336" t="s">
         <v>710</v>
       </c>
-      <c r="C336" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O336">
-        <v>2014</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="337" spans="1:26">
       <c r="A337" s="1">
-        <v>3958</v>
+        <v>3947</v>
       </c>
       <c r="B337" t="s">
+        <v>711</v>
+      </c>
+      <c r="C337" t="s">
+        <v>16</v>
+      </c>
+      <c r="D337" t="s">
+        <v>21</v>
+      </c>
+      <c r="G337" t="s">
         <v>712</v>
       </c>
-      <c r="C337" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O337">
-        <v>2014</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="338" spans="1:26">
       <c r="A338" s="1">
-        <v>3959</v>
+        <v>3948</v>
       </c>
       <c r="B338" t="s">
+        <v>713</v>
+      </c>
+      <c r="C338" t="s">
+        <v>16</v>
+      </c>
+      <c r="D338" t="s">
+        <v>63</v>
+      </c>
+      <c r="G338" t="s">
         <v>714</v>
       </c>
-      <c r="C338" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O338">
-        <v>2014</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="339" spans="1:26">
       <c r="A339" s="1">
-        <v>3960</v>
+        <v>3949</v>
       </c>
       <c r="B339" t="s">
+        <v>715</v>
+      </c>
+      <c r="C339" t="s">
+        <v>16</v>
+      </c>
+      <c r="D339" t="s">
+        <v>21</v>
+      </c>
+      <c r="G339" t="s">
         <v>716</v>
       </c>
-      <c r="C339" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O339">
-        <v>2014</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="340" spans="1:26">
       <c r="A340" s="1">
-        <v>3961</v>
+        <v>3950</v>
       </c>
       <c r="B340" t="s">
+        <v>717</v>
+      </c>
+      <c r="C340" t="s">
+        <v>16</v>
+      </c>
+      <c r="D340" t="s">
         <v>718</v>
-      </c>
-[...4 lines deleted...]
-        <v>17</v>
       </c>
       <c r="G340" t="s">
         <v>719</v>
       </c>
       <c r="O340">
-        <v>2014</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="341" spans="1:26">
       <c r="A341" s="1">
-        <v>3962</v>
+        <v>3951</v>
       </c>
       <c r="B341" t="s">
         <v>720</v>
       </c>
       <c r="C341" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D341" t="s">
-        <v>17</v>
+        <v>63</v>
       </c>
       <c r="G341" t="s">
         <v>721</v>
       </c>
       <c r="O341">
-        <v>2014</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="342" spans="1:26">
       <c r="A342" s="1">
-        <v>3963</v>
+        <v>3952</v>
       </c>
       <c r="B342" t="s">
         <v>722</v>
       </c>
       <c r="C342" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D342" t="s">
+        <v>63</v>
+      </c>
+      <c r="G342" t="s">
         <v>723</v>
       </c>
-      <c r="G342" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O342">
-        <v>2014</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="343" spans="1:26">
       <c r="A343" s="1">
-        <v>3964</v>
+        <v>3953</v>
       </c>
       <c r="B343" t="s">
+        <v>724</v>
+      </c>
+      <c r="C343" t="s">
+        <v>16</v>
+      </c>
+      <c r="D343" t="s">
+        <v>63</v>
+      </c>
+      <c r="G343" t="s">
         <v>725</v>
       </c>
-      <c r="C343" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O343">
-        <v>2014</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="344" spans="1:26">
       <c r="A344" s="1">
-        <v>3965</v>
+        <v>3954</v>
       </c>
       <c r="B344" t="s">
+        <v>726</v>
+      </c>
+      <c r="C344" t="s">
+        <v>16</v>
+      </c>
+      <c r="D344" t="s">
+        <v>63</v>
+      </c>
+      <c r="G344" t="s">
         <v>727</v>
       </c>
-      <c r="C344" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O344">
-        <v>2014</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="345" spans="1:26">
       <c r="A345" s="1">
-        <v>3966</v>
+        <v>3955</v>
       </c>
       <c r="B345" t="s">
+        <v>728</v>
+      </c>
+      <c r="C345" t="s">
+        <v>16</v>
+      </c>
+      <c r="D345" t="s">
+        <v>21</v>
+      </c>
+      <c r="G345" t="s">
         <v>729</v>
       </c>
-      <c r="C345" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O345">
-        <v>2014</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="346" spans="1:26">
       <c r="A346" s="1">
-        <v>3967</v>
+        <v>3956</v>
       </c>
       <c r="B346" t="s">
+        <v>730</v>
+      </c>
+      <c r="C346" t="s">
+        <v>16</v>
+      </c>
+      <c r="D346" t="s">
+        <v>21</v>
+      </c>
+      <c r="G346" t="s">
         <v>731</v>
-      </c>
-[...7 lines deleted...]
-        <v>732</v>
       </c>
       <c r="O346">
         <v>2014</v>
       </c>
     </row>
     <row r="347" spans="1:26">
       <c r="A347" s="1">
-        <v>3968</v>
+        <v>3957</v>
       </c>
       <c r="B347" t="s">
+        <v>732</v>
+      </c>
+      <c r="C347" t="s">
+        <v>16</v>
+      </c>
+      <c r="D347" t="s">
+        <v>21</v>
+      </c>
+      <c r="G347" t="s">
         <v>733</v>
-      </c>
-[...7 lines deleted...]
-        <v>734</v>
       </c>
       <c r="O347">
         <v>2014</v>
       </c>
     </row>
     <row r="348" spans="1:26">
       <c r="A348" s="1">
-        <v>3969</v>
+        <v>3958</v>
       </c>
       <c r="B348" t="s">
+        <v>734</v>
+      </c>
+      <c r="C348" t="s">
+        <v>16</v>
+      </c>
+      <c r="D348" t="s">
+        <v>21</v>
+      </c>
+      <c r="G348" t="s">
         <v>735</v>
       </c>
-      <c r="C348" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O348">
-        <v>2013</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="349" spans="1:26">
       <c r="A349" s="1">
-        <v>3970</v>
+        <v>3959</v>
       </c>
       <c r="B349" t="s">
+        <v>736</v>
+      </c>
+      <c r="C349" t="s">
+        <v>16</v>
+      </c>
+      <c r="D349" t="s">
+        <v>21</v>
+      </c>
+      <c r="G349" t="s">
         <v>737</v>
       </c>
-      <c r="C349" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O349">
-        <v>2013</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="350" spans="1:26">
       <c r="A350" s="1">
-        <v>3971</v>
+        <v>3960</v>
       </c>
       <c r="B350" t="s">
+        <v>738</v>
+      </c>
+      <c r="C350" t="s">
+        <v>16</v>
+      </c>
+      <c r="D350" t="s">
+        <v>21</v>
+      </c>
+      <c r="G350" t="s">
         <v>739</v>
       </c>
-      <c r="C350" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O350">
-        <v>2013</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="351" spans="1:26">
       <c r="A351" s="1">
-        <v>3972</v>
+        <v>3961</v>
       </c>
       <c r="B351" t="s">
+        <v>740</v>
+      </c>
+      <c r="C351" t="s">
+        <v>16</v>
+      </c>
+      <c r="D351" t="s">
+        <v>21</v>
+      </c>
+      <c r="G351" t="s">
         <v>741</v>
       </c>
-      <c r="C351" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O351">
-        <v>2013</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="352" spans="1:26">
       <c r="A352" s="1">
-        <v>3973</v>
+        <v>3962</v>
       </c>
       <c r="B352" t="s">
+        <v>742</v>
+      </c>
+      <c r="C352" t="s">
+        <v>16</v>
+      </c>
+      <c r="D352" t="s">
+        <v>21</v>
+      </c>
+      <c r="G352" t="s">
         <v>743</v>
       </c>
-      <c r="C352" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O352">
-        <v>2013</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="353" spans="1:26">
       <c r="A353" s="1">
-        <v>3974</v>
+        <v>3963</v>
       </c>
       <c r="B353" t="s">
+        <v>744</v>
+      </c>
+      <c r="C353" t="s">
+        <v>16</v>
+      </c>
+      <c r="D353" t="s">
         <v>745</v>
-      </c>
-[...4 lines deleted...]
-        <v>17</v>
       </c>
       <c r="G353" t="s">
         <v>746</v>
       </c>
       <c r="O353">
-        <v>2013</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="354" spans="1:26">
       <c r="A354" s="1">
-        <v>3975</v>
+        <v>3964</v>
       </c>
       <c r="B354" t="s">
         <v>747</v>
       </c>
       <c r="C354" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D354" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G354" t="s">
         <v>748</v>
       </c>
       <c r="O354">
-        <v>2013</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="355" spans="1:26">
       <c r="A355" s="1">
-        <v>3976</v>
+        <v>3965</v>
       </c>
       <c r="B355" t="s">
         <v>749</v>
       </c>
       <c r="C355" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D355" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G355" t="s">
         <v>750</v>
       </c>
       <c r="O355">
-        <v>2013</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="356" spans="1:26">
       <c r="A356" s="1">
-        <v>3977</v>
+        <v>3966</v>
       </c>
       <c r="B356" t="s">
         <v>751</v>
       </c>
       <c r="C356" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D356" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G356" t="s">
         <v>752</v>
       </c>
       <c r="O356">
-        <v>2013</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="357" spans="1:26">
       <c r="A357" s="1">
-        <v>3978</v>
+        <v>3967</v>
       </c>
       <c r="B357" t="s">
         <v>753</v>
       </c>
       <c r="C357" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D357" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G357" t="s">
         <v>754</v>
       </c>
       <c r="O357">
-        <v>2013</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="358" spans="1:26">
       <c r="A358" s="1">
-        <v>3979</v>
+        <v>3968</v>
       </c>
       <c r="B358" t="s">
         <v>755</v>
       </c>
       <c r="C358" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D358" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G358" t="s">
         <v>756</v>
       </c>
       <c r="O358">
-        <v>2013</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="359" spans="1:26">
       <c r="A359" s="1">
-        <v>3980</v>
+        <v>3969</v>
       </c>
       <c r="B359" t="s">
         <v>757</v>
       </c>
       <c r="C359" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D359" t="s">
-        <v>17</v>
+        <v>63</v>
       </c>
       <c r="G359" t="s">
         <v>758</v>
       </c>
       <c r="O359">
-        <v>2012</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="360" spans="1:26">
       <c r="A360" s="1">
-        <v>3981</v>
+        <v>3970</v>
       </c>
       <c r="B360" t="s">
         <v>759</v>
       </c>
       <c r="C360" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D360" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G360" t="s">
         <v>760</v>
       </c>
       <c r="O360">
-        <v>2012</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="361" spans="1:26">
       <c r="A361" s="1">
-        <v>3982</v>
+        <v>3971</v>
       </c>
       <c r="B361" t="s">
         <v>761</v>
       </c>
       <c r="C361" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D361" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G361" t="s">
         <v>762</v>
       </c>
       <c r="O361">
-        <v>2012</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="362" spans="1:26">
       <c r="A362" s="1">
-        <v>3983</v>
+        <v>3972</v>
       </c>
       <c r="B362" t="s">
         <v>763</v>
       </c>
       <c r="C362" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D362" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="G362" t="s">
         <v>764</v>
       </c>
       <c r="O362">
-        <v>2012</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="363" spans="1:26">
       <c r="A363" s="1">
-        <v>3984</v>
+        <v>3973</v>
       </c>
       <c r="B363" t="s">
         <v>765</v>
       </c>
       <c r="C363" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D363" t="s">
-        <v>17</v>
+        <v>63</v>
       </c>
       <c r="G363" t="s">
         <v>766</v>
       </c>
       <c r="O363">
-        <v>2012</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="364" spans="1:26">
       <c r="A364" s="1">
-        <v>3985</v>
+        <v>3974</v>
       </c>
       <c r="B364" t="s">
         <v>767</v>
       </c>
       <c r="C364" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D364" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G364" t="s">
         <v>768</v>
       </c>
       <c r="O364">
-        <v>2012</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="365" spans="1:26">
       <c r="A365" s="1">
-        <v>3986</v>
+        <v>3975</v>
       </c>
       <c r="B365" t="s">
         <v>769</v>
       </c>
       <c r="C365" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D365" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G365" t="s">
         <v>770</v>
       </c>
       <c r="O365">
-        <v>2012</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="366" spans="1:26">
       <c r="A366" s="1">
-        <v>3987</v>
+        <v>3976</v>
       </c>
       <c r="B366" t="s">
         <v>771</v>
       </c>
       <c r="C366" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D366" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G366" t="s">
         <v>772</v>
       </c>
       <c r="O366">
-        <v>2012</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="367" spans="1:26">
       <c r="A367" s="1">
-        <v>3988</v>
+        <v>3977</v>
       </c>
       <c r="B367" t="s">
         <v>773</v>
       </c>
       <c r="C367" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D367" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G367" t="s">
         <v>774</v>
       </c>
       <c r="O367">
-        <v>2012</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="368" spans="1:26">
       <c r="A368" s="1">
-        <v>3989</v>
+        <v>3978</v>
       </c>
       <c r="B368" t="s">
         <v>775</v>
       </c>
       <c r="C368" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D368" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G368" t="s">
         <v>776</v>
       </c>
       <c r="O368">
-        <v>2012</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="369" spans="1:26">
       <c r="A369" s="1">
-        <v>3990</v>
+        <v>3979</v>
       </c>
       <c r="B369" t="s">
         <v>777</v>
       </c>
       <c r="C369" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D369" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G369" t="s">
         <v>778</v>
       </c>
       <c r="O369">
-        <v>2012</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="370" spans="1:26">
       <c r="A370" s="1">
-        <v>3991</v>
+        <v>3980</v>
       </c>
       <c r="B370" t="s">
         <v>779</v>
       </c>
       <c r="C370" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D370" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G370" t="s">
         <v>780</v>
       </c>
       <c r="O370">
         <v>2012</v>
       </c>
     </row>
     <row r="371" spans="1:26">
       <c r="A371" s="1">
-        <v>3992</v>
+        <v>3981</v>
       </c>
       <c r="B371" t="s">
         <v>781</v>
       </c>
       <c r="C371" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D371" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G371" t="s">
         <v>782</v>
       </c>
       <c r="O371">
-        <v>2011</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="372" spans="1:26">
       <c r="A372" s="1">
-        <v>3993</v>
+        <v>3982</v>
       </c>
       <c r="B372" t="s">
         <v>783</v>
       </c>
       <c r="C372" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D372" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G372" t="s">
         <v>784</v>
       </c>
       <c r="O372">
-        <v>2011</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="373" spans="1:26">
       <c r="A373" s="1">
-        <v>3994</v>
+        <v>3983</v>
       </c>
       <c r="B373" t="s">
         <v>785</v>
       </c>
       <c r="C373" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D373" t="s">
-        <v>17</v>
+        <v>63</v>
       </c>
       <c r="G373" t="s">
         <v>786</v>
       </c>
       <c r="O373">
-        <v>2011</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="374" spans="1:26">
       <c r="A374" s="1">
-        <v>3995</v>
+        <v>3984</v>
       </c>
       <c r="B374" t="s">
         <v>787</v>
       </c>
       <c r="C374" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D374" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G374" t="s">
         <v>788</v>
       </c>
       <c r="O374">
-        <v>2011</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="375" spans="1:26">
       <c r="A375" s="1">
-        <v>3996</v>
+        <v>3985</v>
       </c>
       <c r="B375" t="s">
         <v>789</v>
       </c>
       <c r="C375" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D375" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G375" t="s">
         <v>790</v>
       </c>
       <c r="O375">
-        <v>2011</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="376" spans="1:26">
       <c r="A376" s="1">
-        <v>3997</v>
+        <v>3986</v>
       </c>
       <c r="B376" t="s">
         <v>791</v>
       </c>
       <c r="C376" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D376" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G376" t="s">
         <v>792</v>
       </c>
       <c r="O376">
-        <v>2011</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="377" spans="1:26">
       <c r="A377" s="1">
-        <v>3998</v>
+        <v>3987</v>
       </c>
       <c r="B377" t="s">
         <v>793</v>
       </c>
       <c r="C377" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D377" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="G377" t="s">
         <v>794</v>
       </c>
       <c r="O377">
-        <v>2011</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="378" spans="1:26">
       <c r="A378" s="1">
-        <v>3999</v>
+        <v>3988</v>
       </c>
       <c r="B378" t="s">
         <v>795</v>
       </c>
       <c r="C378" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D378" t="s">
-        <v>288</v>
+        <v>21</v>
       </c>
       <c r="G378" t="s">
         <v>796</v>
       </c>
       <c r="O378">
-        <v>2011</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="379" spans="1:26">
       <c r="A379" s="1">
-        <v>4000</v>
+        <v>3989</v>
       </c>
       <c r="B379" t="s">
         <v>797</v>
       </c>
       <c r="C379" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D379" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="G379" t="s">
         <v>798</v>
       </c>
       <c r="O379">
-        <v>2011</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="380" spans="1:26">
       <c r="A380" s="1">
-        <v>4001</v>
+        <v>3990</v>
       </c>
       <c r="B380" t="s">
         <v>799</v>
       </c>
       <c r="C380" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D380" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G380" t="s">
         <v>800</v>
       </c>
       <c r="O380">
-        <v>2011</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="381" spans="1:26">
       <c r="A381" s="1">
-        <v>4002</v>
+        <v>3991</v>
       </c>
       <c r="B381" t="s">
         <v>801</v>
       </c>
       <c r="C381" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D381" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G381" t="s">
         <v>802</v>
       </c>
       <c r="O381">
-        <v>2011</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="382" spans="1:26">
       <c r="A382" s="1">
-        <v>4003</v>
+        <v>3992</v>
       </c>
       <c r="B382" t="s">
         <v>803</v>
       </c>
       <c r="C382" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D382" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G382" t="s">
         <v>804</v>
       </c>
       <c r="O382">
         <v>2011</v>
       </c>
     </row>
     <row r="383" spans="1:26">
       <c r="A383" s="1">
-        <v>4004</v>
+        <v>3993</v>
       </c>
       <c r="B383" t="s">
         <v>805</v>
       </c>
       <c r="C383" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D383" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="G383" t="s">
         <v>806</v>
       </c>
       <c r="O383">
         <v>2011</v>
       </c>
     </row>
     <row r="384" spans="1:26">
       <c r="A384" s="1">
-        <v>4005</v>
+        <v>3994</v>
       </c>
       <c r="B384" t="s">
         <v>807</v>
       </c>
       <c r="C384" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D384" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="G384" t="s">
         <v>808</v>
       </c>
       <c r="O384">
-        <v>2010</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="385" spans="1:26">
       <c r="A385" s="1">
-        <v>4006</v>
+        <v>3995</v>
       </c>
       <c r="B385" t="s">
         <v>809</v>
       </c>
       <c r="C385" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D385" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G385" t="s">
         <v>810</v>
       </c>
       <c r="O385">
-        <v>2010</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="386" spans="1:26">
       <c r="A386" s="1">
-        <v>4007</v>
+        <v>3996</v>
       </c>
       <c r="B386" t="s">
         <v>811</v>
       </c>
       <c r="C386" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D386" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G386" t="s">
         <v>812</v>
       </c>
       <c r="O386">
-        <v>2010</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="387" spans="1:26">
       <c r="A387" s="1">
-        <v>4008</v>
+        <v>3997</v>
       </c>
       <c r="B387" t="s">
         <v>813</v>
       </c>
       <c r="C387" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D387" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G387" t="s">
         <v>814</v>
       </c>
       <c r="O387">
-        <v>2010</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="388" spans="1:26">
       <c r="A388" s="1">
-        <v>4009</v>
+        <v>3998</v>
       </c>
       <c r="B388" t="s">
         <v>815</v>
       </c>
       <c r="C388" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D388" t="s">
-        <v>17</v>
+        <v>63</v>
       </c>
       <c r="G388" t="s">
         <v>816</v>
       </c>
       <c r="O388">
-        <v>2010</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="389" spans="1:26">
       <c r="A389" s="1">
-        <v>4010</v>
+        <v>3999</v>
       </c>
       <c r="B389" t="s">
         <v>817</v>
       </c>
       <c r="C389" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D389" t="s">
-        <v>17</v>
+        <v>310</v>
       </c>
       <c r="G389" t="s">
         <v>818</v>
       </c>
       <c r="O389">
-        <v>2010</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="390" spans="1:26">
       <c r="A390" s="1">
-        <v>4011</v>
+        <v>4000</v>
       </c>
       <c r="B390" t="s">
         <v>819</v>
       </c>
       <c r="C390" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D390" t="s">
-        <v>17</v>
+        <v>63</v>
       </c>
       <c r="G390" t="s">
         <v>820</v>
       </c>
       <c r="O390">
-        <v>2010</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="391" spans="1:26">
       <c r="A391" s="1">
-        <v>4012</v>
+        <v>4001</v>
       </c>
       <c r="B391" t="s">
         <v>821</v>
       </c>
       <c r="C391" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D391" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G391" t="s">
         <v>822</v>
       </c>
       <c r="O391">
-        <v>2010</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="392" spans="1:26">
       <c r="A392" s="1">
-        <v>4013</v>
+        <v>4002</v>
       </c>
       <c r="B392" t="s">
         <v>823</v>
       </c>
       <c r="C392" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D392" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G392" t="s">
         <v>824</v>
       </c>
       <c r="O392">
-        <v>2010</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="393" spans="1:26">
       <c r="A393" s="1">
-        <v>4014</v>
+        <v>4003</v>
       </c>
       <c r="B393" t="s">
         <v>825</v>
       </c>
       <c r="C393" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D393" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G393" t="s">
         <v>826</v>
       </c>
       <c r="O393">
-        <v>2010</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="394" spans="1:26">
       <c r="A394" s="1">
-        <v>4015</v>
+        <v>4004</v>
       </c>
       <c r="B394" t="s">
         <v>827</v>
       </c>
       <c r="C394" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D394" t="s">
-        <v>723</v>
+        <v>63</v>
       </c>
       <c r="G394" t="s">
         <v>828</v>
       </c>
       <c r="O394">
-        <v>2009</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="395" spans="1:26">
       <c r="A395" s="1">
-        <v>4016</v>
+        <v>4005</v>
       </c>
       <c r="B395" t="s">
         <v>829</v>
       </c>
       <c r="C395" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D395" t="s">
-        <v>17</v>
+        <v>63</v>
       </c>
       <c r="G395" t="s">
         <v>830</v>
       </c>
       <c r="O395">
-        <v>2009</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="396" spans="1:26">
       <c r="A396" s="1">
-        <v>4017</v>
+        <v>4006</v>
       </c>
       <c r="B396" t="s">
         <v>831</v>
       </c>
       <c r="C396" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D396" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G396" t="s">
         <v>832</v>
       </c>
       <c r="O396">
-        <v>2009</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="397" spans="1:26">
       <c r="A397" s="1">
-        <v>4018</v>
+        <v>4007</v>
       </c>
       <c r="B397" t="s">
         <v>833</v>
       </c>
       <c r="C397" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D397" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="G397" t="s">
         <v>834</v>
       </c>
       <c r="O397">
-        <v>2009</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="398" spans="1:26">
       <c r="A398" s="1">
-        <v>4019</v>
+        <v>4008</v>
       </c>
       <c r="B398" t="s">
         <v>835</v>
       </c>
       <c r="C398" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D398" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="G398" t="s">
         <v>836</v>
       </c>
       <c r="O398">
-        <v>2009</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="399" spans="1:26">
       <c r="A399" s="1">
-        <v>4020</v>
+        <v>4009</v>
       </c>
       <c r="B399" t="s">
         <v>837</v>
       </c>
       <c r="C399" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D399" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G399" t="s">
         <v>838</v>
       </c>
       <c r="O399">
-        <v>2009</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="400" spans="1:26">
       <c r="A400" s="1">
-        <v>4021</v>
+        <v>4010</v>
       </c>
       <c r="B400" t="s">
         <v>839</v>
       </c>
       <c r="C400" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D400" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="G400" t="s">
         <v>840</v>
       </c>
       <c r="O400">
-        <v>2009</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="401" spans="1:26">
       <c r="A401" s="1">
-        <v>4022</v>
+        <v>4011</v>
       </c>
       <c r="B401" t="s">
         <v>841</v>
       </c>
       <c r="C401" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D401" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="G401" t="s">
         <v>842</v>
       </c>
       <c r="O401">
-        <v>2009</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="402" spans="1:26">
       <c r="A402" s="1">
-        <v>4023</v>
+        <v>4012</v>
       </c>
       <c r="B402" t="s">
         <v>843</v>
       </c>
       <c r="C402" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D402" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G402" t="s">
         <v>844</v>
       </c>
       <c r="O402">
-        <v>2009</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="403" spans="1:26">
       <c r="A403" s="1">
-        <v>4024</v>
+        <v>4013</v>
       </c>
       <c r="B403" t="s">
         <v>845</v>
       </c>
       <c r="C403" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D403" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G403" t="s">
         <v>846</v>
       </c>
       <c r="O403">
-        <v>2009</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="404" spans="1:26">
       <c r="A404" s="1">
-        <v>4025</v>
+        <v>4014</v>
       </c>
       <c r="B404" t="s">
         <v>847</v>
       </c>
       <c r="C404" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D404" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G404" t="s">
         <v>848</v>
       </c>
       <c r="O404">
-        <v>2009</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="405" spans="1:26">
       <c r="A405" s="1">
-        <v>4026</v>
+        <v>4015</v>
       </c>
       <c r="B405" t="s">
         <v>849</v>
       </c>
       <c r="C405" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D405" t="s">
-        <v>17</v>
+        <v>745</v>
       </c>
       <c r="G405" t="s">
         <v>850</v>
       </c>
       <c r="O405">
         <v>2009</v>
       </c>
     </row>
     <row r="406" spans="1:26">
       <c r="A406" s="1">
-        <v>4027</v>
+        <v>4016</v>
       </c>
       <c r="B406" t="s">
         <v>851</v>
       </c>
       <c r="C406" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D406" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G406" t="s">
         <v>852</v>
       </c>
       <c r="O406">
         <v>2009</v>
       </c>
     </row>
     <row r="407" spans="1:26">
       <c r="A407" s="1">
-        <v>4028</v>
+        <v>4017</v>
       </c>
       <c r="B407" t="s">
         <v>853</v>
       </c>
       <c r="C407" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D407" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G407" t="s">
         <v>854</v>
       </c>
       <c r="O407">
         <v>2009</v>
       </c>
     </row>
     <row r="408" spans="1:26">
       <c r="A408" s="1">
-        <v>4029</v>
+        <v>4018</v>
       </c>
       <c r="B408" t="s">
         <v>855</v>
       </c>
       <c r="C408" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D408" t="s">
-        <v>17</v>
+        <v>63</v>
       </c>
       <c r="G408" t="s">
         <v>856</v>
       </c>
       <c r="O408">
         <v>2009</v>
       </c>
     </row>
     <row r="409" spans="1:26">
       <c r="A409" s="1">
-        <v>4030</v>
+        <v>4019</v>
       </c>
       <c r="B409" t="s">
         <v>857</v>
       </c>
       <c r="C409" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D409" t="s">
-        <v>17</v>
+        <v>63</v>
       </c>
       <c r="G409" t="s">
         <v>858</v>
       </c>
       <c r="O409">
+        <v>2009</v>
+      </c>
+    </row>
+    <row r="410" spans="1:26">
+      <c r="A410" s="1">
+        <v>4020</v>
+      </c>
+      <c r="B410" t="s">
+        <v>859</v>
+      </c>
+      <c r="C410" t="s">
+        <v>16</v>
+      </c>
+      <c r="D410" t="s">
+        <v>21</v>
+      </c>
+      <c r="G410" t="s">
+        <v>860</v>
+      </c>
+      <c r="O410">
+        <v>2009</v>
+      </c>
+    </row>
+    <row r="411" spans="1:26">
+      <c r="A411" s="1">
+        <v>4021</v>
+      </c>
+      <c r="B411" t="s">
+        <v>861</v>
+      </c>
+      <c r="C411" t="s">
+        <v>16</v>
+      </c>
+      <c r="D411" t="s">
+        <v>63</v>
+      </c>
+      <c r="G411" t="s">
+        <v>862</v>
+      </c>
+      <c r="O411">
+        <v>2009</v>
+      </c>
+    </row>
+    <row r="412" spans="1:26">
+      <c r="A412" s="1">
+        <v>4022</v>
+      </c>
+      <c r="B412" t="s">
+        <v>863</v>
+      </c>
+      <c r="C412" t="s">
+        <v>16</v>
+      </c>
+      <c r="D412" t="s">
+        <v>63</v>
+      </c>
+      <c r="G412" t="s">
+        <v>864</v>
+      </c>
+      <c r="O412">
+        <v>2009</v>
+      </c>
+    </row>
+    <row r="413" spans="1:26">
+      <c r="A413" s="1">
+        <v>4023</v>
+      </c>
+      <c r="B413" t="s">
+        <v>865</v>
+      </c>
+      <c r="C413" t="s">
+        <v>16</v>
+      </c>
+      <c r="D413" t="s">
+        <v>21</v>
+      </c>
+      <c r="G413" t="s">
+        <v>866</v>
+      </c>
+      <c r="O413">
+        <v>2009</v>
+      </c>
+    </row>
+    <row r="414" spans="1:26">
+      <c r="A414" s="1">
+        <v>4024</v>
+      </c>
+      <c r="B414" t="s">
+        <v>867</v>
+      </c>
+      <c r="C414" t="s">
+        <v>16</v>
+      </c>
+      <c r="D414" t="s">
+        <v>21</v>
+      </c>
+      <c r="G414" t="s">
+        <v>868</v>
+      </c>
+      <c r="O414">
+        <v>2009</v>
+      </c>
+    </row>
+    <row r="415" spans="1:26">
+      <c r="A415" s="1">
+        <v>4025</v>
+      </c>
+      <c r="B415" t="s">
+        <v>869</v>
+      </c>
+      <c r="C415" t="s">
+        <v>16</v>
+      </c>
+      <c r="D415" t="s">
+        <v>21</v>
+      </c>
+      <c r="G415" t="s">
+        <v>870</v>
+      </c>
+      <c r="O415">
+        <v>2009</v>
+      </c>
+    </row>
+    <row r="416" spans="1:26">
+      <c r="A416" s="1">
+        <v>4026</v>
+      </c>
+      <c r="B416" t="s">
+        <v>871</v>
+      </c>
+      <c r="C416" t="s">
+        <v>16</v>
+      </c>
+      <c r="D416" t="s">
+        <v>21</v>
+      </c>
+      <c r="G416" t="s">
+        <v>872</v>
+      </c>
+      <c r="O416">
+        <v>2009</v>
+      </c>
+    </row>
+    <row r="417" spans="1:26">
+      <c r="A417" s="1">
+        <v>4027</v>
+      </c>
+      <c r="B417" t="s">
+        <v>873</v>
+      </c>
+      <c r="C417" t="s">
+        <v>16</v>
+      </c>
+      <c r="D417" t="s">
+        <v>21</v>
+      </c>
+      <c r="G417" t="s">
+        <v>874</v>
+      </c>
+      <c r="O417">
+        <v>2009</v>
+      </c>
+    </row>
+    <row r="418" spans="1:26">
+      <c r="A418" s="1">
+        <v>4028</v>
+      </c>
+      <c r="B418" t="s">
+        <v>875</v>
+      </c>
+      <c r="C418" t="s">
+        <v>16</v>
+      </c>
+      <c r="D418" t="s">
+        <v>21</v>
+      </c>
+      <c r="G418" t="s">
+        <v>876</v>
+      </c>
+      <c r="O418">
+        <v>2009</v>
+      </c>
+    </row>
+    <row r="419" spans="1:26">
+      <c r="A419" s="1">
+        <v>4029</v>
+      </c>
+      <c r="B419" t="s">
+        <v>877</v>
+      </c>
+      <c r="C419" t="s">
+        <v>16</v>
+      </c>
+      <c r="D419" t="s">
+        <v>21</v>
+      </c>
+      <c r="G419" t="s">
+        <v>878</v>
+      </c>
+      <c r="O419">
+        <v>2009</v>
+      </c>
+    </row>
+    <row r="420" spans="1:26">
+      <c r="A420" s="1">
+        <v>4030</v>
+      </c>
+      <c r="B420" t="s">
+        <v>879</v>
+      </c>
+      <c r="C420" t="s">
+        <v>16</v>
+      </c>
+      <c r="D420" t="s">
+        <v>21</v>
+      </c>
+      <c r="G420" t="s">
+        <v>880</v>
+      </c>
+      <c r="O420">
         <v>2009</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>