--- v0 (2025-10-20)
+++ v1 (2026-01-20)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="103">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>ejercicio</t>
   </si>
   <si>
     <t>aprobacion_inicial</t>
   </si>
   <si>
     <t>aprobacion_definitiva</t>
   </si>
   <si>
     <t>alegaciones</t>
   </si>
   <si>
     <t>presupuesto_de_ingresos</t>
   </si>
   <si>
     <t>presupuesto_de_gastos</t>
   </si>
   <si>
     <t>memoria</t>
   </si>
   <si>
@@ -117,50 +117,92 @@
     <t>cap_4_ingresos</t>
   </si>
   <si>
     <t>cap_5_ingresos</t>
   </si>
   <si>
     <t>cap_6_ingresos</t>
   </si>
   <si>
     <t>cap_7_ingresos</t>
   </si>
   <si>
     <t>cap_8_ingresos</t>
   </si>
   <si>
     <t>cap_9_ingresos</t>
   </si>
   <si>
     <t>liquidacion</t>
   </si>
   <si>
     <t>anexos</t>
   </si>
   <si>
     <t>entidades_participadas</t>
+  </si>
+  <si>
+    <t>https://transparencia.aytovillaviciosadeodon.es/storage/uploads/1765541682APROBACION%20INCIAL%20-%20PRESUPUESTO%20GENERAL%202026.pdf</t>
+  </si>
+  <si>
+    <t>48.951.025,10</t>
+  </si>
+  <si>
+    <t>18.945.472,20</t>
+  </si>
+  <si>
+    <t>24.196.950,76</t>
+  </si>
+  <si>
+    <t>1.067.415,58</t>
+  </si>
+  <si>
+    <t>3.249.267,80</t>
+  </si>
+  <si>
+    <t>133.700,00</t>
+  </si>
+  <si>
+    <t>1.102.718,76</t>
+  </si>
+  <si>
+    <t>18.446.500,00</t>
+  </si>
+  <si>
+    <t>6.554.226,00</t>
+  </si>
+  <si>
+    <t>8.939.741,00</t>
+  </si>
+  <si>
+    <t>14.164.858,10</t>
+  </si>
+  <si>
+    <t>687.000,00</t>
+  </si>
+  <si>
+    <t>5.000,00</t>
   </si>
   <si>
     <t>https://transparencia.aytovillaviciosadeodon.es/storage/uploads/1741012931CERTF-PLENO%2024-02-2025-%20Pto%2004.1%20Presupuesto%20F.pdf</t>
   </si>
   <si>
     <t>https://transparencia.aytovillaviciosadeodon.es/storage/uploads/1741012931res%C3%BAmen%20de%20ingresos%20por%20cap%C3%ADtulos.pdf</t>
   </si>
   <si>
     <t>https://transparencia.aytovillaviciosadeodon.es/storage/uploads/1741012930res%C3%BAmen%20de%20gastos%20por%20cap%C3%ADtulos.pdf</t>
   </si>
   <si>
     <t>https://transparencia.aytovillaviciosadeodon.es/storage/uploads/1741012932Memoria%20de%20Alcald%C3%ADa%20Presupuesto%202025.pdf</t>
   </si>
   <si>
     <t>https://transparencia.aytovillaviciosadeodon.es/storage/uploads/1741012932PLANTILLA%20PRESUPUESTARIA%20A%C3%91O%202025.pdf , https://transparencia.aytovillaviciosadeodon.es/storage/uploads/1737038125Resoluci%C3%B3n%20pr%C3%B3rroga%20presupuesto%202024.2025.pdf</t>
   </si>
   <si>
     <t>18604466,30</t>
   </si>
   <si>
     <t>21163753,70</t>
   </si>
   <si>
     <t>https://transparencia.aytovillaviciosadeodon.es/storage/uploads/1741012930Anexo%20convenios%20gasto%20social%202025.pdf , https://transparencia.aytovillaviciosadeodon.es/storage/uploads/1741012931Anexo%20beneficios%20fiscales%20%20prevision%202025.pdf , https://transparencia.aytovillaviciosadeodon.es/storage/uploads/1741012931Anexo%20situaci%C3%B3n%20de%20la%20deuda%202025.pdf , https://transparencia.aytovillaviciosadeodon.es/storage/uploads/1741012932ANEXO%20Inversiones%20Presupuesto%202025.pdf</t>
   </si>
@@ -660,73 +702,73 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AI10"/>
+  <dimension ref="A1:AI11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="75" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:AF1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="true" customWidth="true" style="2"/>
     <col min="2" max="2" width="11" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="166" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="165" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="146" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="857" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="1223" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="150" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="172" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="720" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="884" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="15" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="15" max="15" width="15" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="16" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="16" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="16" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="150" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="815" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="26" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:35">
       <c r="A1" s="3" t="s">
         <v>0</v>
@@ -814,604 +856,675 @@
       </c>
       <c r="AC1" s="3" t="s">
         <v>28</v>
       </c>
       <c r="AD1" s="3" t="s">
         <v>29</v>
       </c>
       <c r="AE1" s="3" t="s">
         <v>30</v>
       </c>
       <c r="AF1" s="3" t="s">
         <v>31</v>
       </c>
       <c r="AG1" s="1" t="s">
         <v>32</v>
       </c>
       <c r="AH1" s="1" t="s">
         <v>33</v>
       </c>
       <c r="AI1" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="2" spans="1:35">
       <c r="A2" s="2">
-        <v>256</v>
+        <v>343</v>
       </c>
       <c r="B2">
-        <v>2025</v>
-[...1 lines deleted...]
-      <c r="D2" t="s">
+        <v>2026</v>
+      </c>
+      <c r="C2" t="s">
         <v>35</v>
       </c>
-      <c r="F2" t="s">
+      <c r="M2" t="s">
         <v>36</v>
       </c>
-      <c r="G2" t="s">
+      <c r="N2" t="s">
         <v>37</v>
       </c>
-      <c r="H2" t="s">
+      <c r="O2" t="s">
         <v>38</v>
       </c>
-      <c r="L2" t="s">
+      <c r="P2">
+        <v>255.5</v>
+      </c>
+      <c r="Q2" t="s">
         <v>39</v>
       </c>
-      <c r="M2">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="R2">
+        <v>0</v>
+      </c>
+      <c r="S2" t="s">
         <v>40</v>
       </c>
-      <c r="O2" t="s">
+      <c r="T2">
+        <v>0</v>
+      </c>
+      <c r="U2" t="s">
         <v>41</v>
       </c>
-      <c r="P2">
-[...41 lines deleted...]
-      <c r="AH2" t="s">
+      <c r="V2" t="s">
         <v>42</v>
+      </c>
+      <c r="W2" t="s">
+        <v>36</v>
+      </c>
+      <c r="X2" t="s">
+        <v>43</v>
+      </c>
+      <c r="Y2" t="s">
+        <v>44</v>
+      </c>
+      <c r="Z2" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AB2" t="s">
+        <v>47</v>
+      </c>
+      <c r="AC2">
+        <v>0</v>
+      </c>
+      <c r="AD2" t="s">
+        <v>48</v>
+      </c>
+      <c r="AE2" t="s">
+        <v>41</v>
+      </c>
+      <c r="AF2">
+        <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:35">
       <c r="A3" s="2">
-        <v>205</v>
+        <v>256</v>
       </c>
       <c r="B3">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="D3" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="F3" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="G3" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="H3" t="s">
-        <v>46</v>
-[...5 lines deleted...]
-        <v>48</v>
+        <v>52</v>
+      </c>
+      <c r="L3" t="s">
+        <v>53</v>
       </c>
       <c r="M3">
-        <v>47971950</v>
-[...5 lines deleted...]
-        <v>18568150</v>
+        <v>44400000</v>
+      </c>
+      <c r="N3" t="s">
+        <v>54</v>
+      </c>
+      <c r="O3" t="s">
+        <v>55</v>
       </c>
       <c r="P3">
-        <v>312000</v>
+        <v>202360</v>
       </c>
       <c r="Q3">
-        <v>810800</v>
+        <v>872570</v>
       </c>
       <c r="S3">
-        <v>10514850</v>
+        <v>2858750</v>
       </c>
       <c r="T3">
-        <v>0</v>
+        <v>13000</v>
       </c>
       <c r="U3">
-        <v>10514850</v>
+        <v>133700</v>
       </c>
       <c r="V3">
-        <v>0</v>
+        <v>551400</v>
       </c>
       <c r="W3">
-        <v>47971950</v>
+        <v>44400000</v>
       </c>
       <c r="X3">
-        <v>19367000</v>
+        <v>19551500</v>
       </c>
       <c r="Y3">
-        <v>3168000</v>
+        <v>4571600</v>
       </c>
       <c r="Z3">
-        <v>5808000</v>
+        <v>9252000</v>
       </c>
       <c r="AA3">
-        <v>10114500</v>
+        <v>10303200</v>
       </c>
       <c r="AB3">
-        <v>553000</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>583000</v>
       </c>
       <c r="AD3">
-        <v>5</v>
+        <v>5000</v>
       </c>
       <c r="AE3">
         <v>133700</v>
       </c>
-      <c r="AF3">
-[...1 lines deleted...]
-      </c>
       <c r="AH3" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
     </row>
     <row r="4" spans="1:35">
       <c r="A4" s="2">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="B4">
-        <v>2022</v>
-[...5 lines deleted...]
-        <v>51</v>
+        <v>2024</v>
+      </c>
+      <c r="D4" t="s">
+        <v>57</v>
       </c>
       <c r="F4" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="G4" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="H4" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="I4" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="J4" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="M4">
-        <v>33434000</v>
+        <v>47971950</v>
       </c>
       <c r="N4">
-        <v>15513500</v>
+        <v>17632450</v>
       </c>
       <c r="O4">
-        <v>14276800</v>
+        <v>18568150</v>
       </c>
       <c r="P4">
-        <v>90000</v>
+        <v>312000</v>
       </c>
       <c r="Q4">
-        <v>737800</v>
+        <v>810800</v>
       </c>
       <c r="S4">
-        <v>2672200</v>
+        <v>10514850</v>
       </c>
       <c r="T4">
-        <v>10000</v>
+        <v>0</v>
       </c>
       <c r="U4">
-        <v>133700</v>
+        <v>10514850</v>
       </c>
       <c r="V4">
         <v>0</v>
       </c>
       <c r="W4">
-        <v>33434000</v>
+        <v>47971950</v>
       </c>
       <c r="X4">
-        <v>16243000</v>
+        <v>19367000</v>
       </c>
       <c r="Y4">
-        <v>3130000</v>
+        <v>3168000</v>
       </c>
       <c r="Z4">
-        <v>3592500</v>
+        <v>5808000</v>
       </c>
       <c r="AA4">
-        <v>9872300</v>
+        <v>10114500</v>
       </c>
       <c r="AB4">
-        <v>297500</v>
+        <v>553000</v>
       </c>
       <c r="AC4">
         <v>0</v>
       </c>
       <c r="AD4">
-        <v>165000</v>
+        <v>5</v>
       </c>
       <c r="AE4">
         <v>133700</v>
       </c>
       <c r="AF4">
-        <v>0</v>
+        <v>8821750</v>
       </c>
       <c r="AH4" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
     </row>
     <row r="5" spans="1:35">
       <c r="A5" s="2">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="B5">
-        <v>2019</v>
-[...2 lines deleted...]
-        <v>58</v>
+        <v>2022</v>
+      </c>
+      <c r="C5" t="s">
+        <v>64</v>
+      </c>
+      <c r="E5" t="s">
+        <v>65</v>
+      </c>
+      <c r="F5" t="s">
+        <v>66</v>
+      </c>
+      <c r="G5" t="s">
+        <v>67</v>
+      </c>
+      <c r="H5" t="s">
+        <v>68</v>
+      </c>
+      <c r="I5" t="s">
+        <v>69</v>
+      </c>
+      <c r="J5" t="s">
+        <v>70</v>
+      </c>
+      <c r="M5">
+        <v>33434000</v>
+      </c>
+      <c r="N5">
+        <v>15513500</v>
+      </c>
+      <c r="O5">
+        <v>14276800</v>
+      </c>
+      <c r="P5">
+        <v>90000</v>
+      </c>
+      <c r="Q5">
+        <v>737800</v>
+      </c>
+      <c r="S5">
+        <v>2672200</v>
+      </c>
+      <c r="T5">
+        <v>10000</v>
+      </c>
+      <c r="U5">
+        <v>133700</v>
+      </c>
+      <c r="V5">
+        <v>0</v>
+      </c>
+      <c r="W5">
+        <v>33434000</v>
+      </c>
+      <c r="X5">
+        <v>16243000</v>
+      </c>
+      <c r="Y5">
+        <v>3130000</v>
+      </c>
+      <c r="Z5">
+        <v>3592500</v>
+      </c>
+      <c r="AA5">
+        <v>9872300</v>
+      </c>
+      <c r="AB5">
+        <v>297500</v>
+      </c>
+      <c r="AC5">
+        <v>0</v>
+      </c>
+      <c r="AD5">
+        <v>165000</v>
+      </c>
+      <c r="AE5">
+        <v>133700</v>
+      </c>
+      <c r="AF5">
+        <v>0</v>
+      </c>
+      <c r="AH5" t="s">
+        <v>71</v>
       </c>
     </row>
     <row r="6" spans="1:35">
       <c r="A6" s="2">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="B6">
-        <v>2018</v>
-[...74 lines deleted...]
-        <v>64</v>
+        <v>2019</v>
+      </c>
+      <c r="L6" t="s">
+        <v>72</v>
       </c>
     </row>
     <row r="7" spans="1:35">
       <c r="A7" s="2">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="B7">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="F7" t="s">
-        <v>65</v>
+        <v>73</v>
       </c>
       <c r="G7" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="H7" t="s">
-        <v>67</v>
+        <v>75</v>
       </c>
       <c r="I7" t="s">
-        <v>68</v>
+        <v>76</v>
       </c>
       <c r="J7" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-        <v>70</v>
+        <v>77</v>
       </c>
       <c r="M7">
-        <v>28427930</v>
+        <v>34956000</v>
       </c>
       <c r="N7">
-        <v>12675100</v>
+        <v>12951000</v>
       </c>
       <c r="O7">
-        <v>10723850</v>
+        <v>11933600</v>
       </c>
       <c r="P7">
-        <v>235000</v>
+        <v>45400</v>
       </c>
       <c r="Q7">
-        <v>778210</v>
+        <v>551800</v>
       </c>
       <c r="S7">
-        <v>1312070</v>
+        <v>8473000</v>
       </c>
       <c r="T7">
-        <v>1200</v>
+        <v>10000</v>
       </c>
       <c r="U7">
-        <v>121300</v>
+        <v>133700</v>
       </c>
       <c r="V7">
-        <v>2581200</v>
+        <v>857500</v>
       </c>
       <c r="W7">
-        <v>28427930</v>
+        <v>34956000</v>
       </c>
       <c r="X7">
-        <v>17885000</v>
+        <v>18783000</v>
       </c>
       <c r="Y7">
-        <v>710000</v>
+        <v>738000</v>
       </c>
       <c r="Z7">
-        <v>2102000</v>
+        <v>1979400</v>
       </c>
       <c r="AA7">
-        <v>7223500</v>
+        <v>7428300</v>
       </c>
       <c r="AB7">
-        <v>364560</v>
+        <v>325800</v>
       </c>
       <c r="AC7">
-        <v>21570</v>
+        <v>815000</v>
+      </c>
+      <c r="AD7">
+        <v>1257800</v>
       </c>
       <c r="AE7">
-        <v>121300</v>
+        <v>133700</v>
+      </c>
+      <c r="AF7">
+        <v>3495000</v>
       </c>
       <c r="AH7" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
     </row>
     <row r="8" spans="1:35">
       <c r="A8" s="2">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="B8">
-        <v>2015</v>
+        <v>2017</v>
+      </c>
+      <c r="F8" t="s">
+        <v>79</v>
+      </c>
+      <c r="G8" t="s">
+        <v>80</v>
       </c>
       <c r="H8" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="I8" t="s">
-        <v>73</v>
+        <v>82</v>
       </c>
       <c r="J8" t="s">
-        <v>74</v>
+        <v>83</v>
       </c>
       <c r="L8" t="s">
-        <v>75</v>
+        <v>84</v>
       </c>
       <c r="M8">
-        <v>29427000</v>
+        <v>28427930</v>
       </c>
       <c r="N8">
-        <v>12910116</v>
+        <v>12675100</v>
       </c>
       <c r="O8">
-        <v>11356317</v>
+        <v>10723850</v>
       </c>
       <c r="P8">
-        <v>1086860</v>
+        <v>235000</v>
       </c>
       <c r="Q8">
-        <v>554493</v>
+        <v>778210</v>
       </c>
       <c r="S8">
-        <v>1134300</v>
+        <v>1312070</v>
       </c>
       <c r="T8">
         <v>1200</v>
       </c>
       <c r="U8">
-        <v>98382</v>
+        <v>121300</v>
       </c>
       <c r="V8">
-        <v>2285332</v>
+        <v>2581200</v>
       </c>
       <c r="W8">
-        <v>29427000</v>
+        <v>28427930</v>
       </c>
       <c r="X8">
-        <v>19765000</v>
+        <v>17885000</v>
       </c>
       <c r="Y8">
-        <v>370000</v>
+        <v>710000</v>
       </c>
       <c r="Z8">
-        <v>1772000</v>
+        <v>2102000</v>
       </c>
       <c r="AA8">
-        <v>7025018</v>
+        <v>7223500</v>
       </c>
       <c r="AB8">
-        <v>394600</v>
+        <v>364560</v>
       </c>
       <c r="AC8">
-        <v>2000</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>21570</v>
       </c>
       <c r="AE8">
-        <v>98382</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>121300</v>
       </c>
       <c r="AH8" t="s">
-        <v>76</v>
+        <v>85</v>
       </c>
     </row>
     <row r="9" spans="1:35">
       <c r="A9" s="2">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="B9">
-        <v>2013</v>
-[...2 lines deleted...]
-        <v>77</v>
+        <v>2015</v>
       </c>
       <c r="H9" t="s">
-        <v>78</v>
+        <v>86</v>
+      </c>
+      <c r="I9" t="s">
+        <v>87</v>
       </c>
       <c r="J9" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="L9" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-        <v>81</v>
+        <v>89</v>
+      </c>
+      <c r="M9">
+        <v>29427000</v>
+      </c>
+      <c r="N9">
+        <v>12910116</v>
+      </c>
+      <c r="O9">
+        <v>11356317</v>
+      </c>
+      <c r="P9">
+        <v>1086860</v>
+      </c>
+      <c r="Q9">
+        <v>554493</v>
+      </c>
+      <c r="S9">
+        <v>1134300</v>
+      </c>
+      <c r="T9">
+        <v>1200</v>
+      </c>
+      <c r="U9">
+        <v>98382</v>
+      </c>
+      <c r="V9">
+        <v>2285332</v>
+      </c>
+      <c r="W9">
+        <v>29427000</v>
+      </c>
+      <c r="X9">
+        <v>19765000</v>
+      </c>
+      <c r="Y9">
+        <v>370000</v>
+      </c>
+      <c r="Z9">
+        <v>1772000</v>
+      </c>
+      <c r="AA9">
+        <v>7025018</v>
+      </c>
+      <c r="AB9">
+        <v>394600</v>
+      </c>
+      <c r="AC9">
+        <v>2000</v>
+      </c>
+      <c r="AD9">
+        <v>0</v>
+      </c>
+      <c r="AE9">
+        <v>98382</v>
+      </c>
+      <c r="AF9">
+        <v>0</v>
       </c>
       <c r="AH9" t="s">
-        <v>82</v>
+        <v>90</v>
       </c>
     </row>
     <row r="10" spans="1:35">
       <c r="A10" s="2">
+        <v>212</v>
+      </c>
+      <c r="B10">
+        <v>2013</v>
+      </c>
+      <c r="G10" t="s">
+        <v>91</v>
+      </c>
+      <c r="H10" t="s">
+        <v>92</v>
+      </c>
+      <c r="J10" t="s">
+        <v>93</v>
+      </c>
+      <c r="L10" t="s">
+        <v>94</v>
+      </c>
+      <c r="AG10" t="s">
+        <v>95</v>
+      </c>
+      <c r="AH10" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="11" spans="1:35">
+      <c r="A11" s="2">
         <v>213</v>
       </c>
-      <c r="B10">
+      <c r="B11">
         <v>2012</v>
       </c>
-      <c r="G10" t="s">
-[...15 lines deleted...]
-        <v>88</v>
+      <c r="G11" t="s">
+        <v>97</v>
+      </c>
+      <c r="H11" t="s">
+        <v>98</v>
+      </c>
+      <c r="J11" t="s">
+        <v>99</v>
+      </c>
+      <c r="L11" t="s">
+        <v>100</v>
+      </c>
+      <c r="AG11" t="s">
+        <v>101</v>
+      </c>
+      <c r="AH11" t="s">
+        <v>102</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">