--- v0 (2025-10-20)
+++ v1 (2026-03-15)
@@ -38,63 +38,63 @@
   <si>
     <t>id</t>
   </si>
   <si>
     <t>nombre</t>
   </si>
   <si>
     <t>descripcion</t>
   </si>
   <si>
     <t>organo_competencias</t>
   </si>
   <si>
     <t>enlace_organo</t>
   </si>
   <si>
     <t>regimen_sesiones</t>
   </si>
   <si>
     <t>legislatura</t>
   </si>
   <si>
     <t>Pleno</t>
   </si>
   <si>
-    <t>&lt;div&gt;&lt;strong&gt;Composición&lt;/strong&gt;&lt;br&gt;El Pleno del Ayuntamiento es el máximo órgano de gobierno en la Administración Municipal. Está formado por todos los concejales de los diversos grupos políticos y presidido por el Alcalde-Presidente.&lt;br&gt;&lt;br&gt;&lt;/div&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Periodicidad de las sesiones de Pleno&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;div&gt;Las sesiones ordinarias de Pleno tendrán lugar con una periodicidad mensual con carácter general el último lunes de cada mes a las 17:30 horas. Si la fecha en la que le correspondería celebrar la sesión ordinaria coincidiera en día festivo, la sesión ordinaria tendrá lugar el viernes inmediatamente anterior siempre que sea hábil. Si no lo fuera la sesión se celebrará el lunes inmediatamente anterior.&lt;br&gt;&lt;br&gt;&lt;a href="https://transparencia.aytovillaviciosadeodon.es/storage/uploads/1737372171REGLAMENTO%20ORG%C3%81NICO%20MUNICIPAL%20BOCM%2022-05-2012.pdf"&gt;REGLAMENTO ORGÁNICO MUNICIPAL BOCM 22-05-2012&lt;br&gt;&lt;/a&gt;&lt;a href="https://transparencia.aytovillaviciosadeodon.es/storage/uploads/1737372171MODIFICACION-REGLAMENTOORGANICO-2016.pdf"&gt;MODIFICACION-REGLAMENTOORGANICO-2016&lt;br&gt;&lt;/a&gt;&lt;a href="https://transparencia.aytovillaviciosadeodon.es/storage/uploads/1737372171PLENO%2012-07-2023%20COMPOSICI%C3%93N%20Y%20R%C3%89GIMEN%20DE%20SESIONES.pdf"&gt;PLENO 12-07-2023 COMPOSICIÓN Y RÉGIMEN DE SESIONES&lt;/a&gt;&lt;/div&gt;</t>
+    <t>&lt;div&gt;&lt;strong&gt;Composición&lt;/strong&gt;&lt;br&gt;El Pleno del Ayuntamiento es el máximo órgano de gobierno en la Administración Municipal. Está formado por todos los concejales de los diversos grupos políticos y presidido por el Alcalde-Presidente.&lt;br&gt;&lt;br&gt;&lt;/div&gt;&lt;ul&gt;&lt;li&gt;&lt;strong&gt;Periodicidad de las sesiones de Pleno&lt;/strong&gt;&lt;/li&gt;&lt;/ul&gt;&lt;div&gt;Las sesiones ordinarias de Pleno tendrán lugar con una periodicidad mensual con carácter general el último lunes de cada mes a las 13:00 horas. Si la fecha en la que le correspondería celebrar la sesión ordinaria coincidiera en día festivo, la sesión ordinaria tendrá lugar el viernes inmediatamente anterior siempre que sea hábil. Si no lo fuera la sesión se celebrará el lunes inmediatamente anterior.&lt;br&gt;&lt;br&gt;&lt;a href="https://transparencia.aytovillaviciosadeodon.es/storage/uploads/1737372171REGLAMENTO%20ORG%C3%81NICO%20MUNICIPAL%20BOCM%2022-05-2012.pdf"&gt;REGLAMENTO ORGÁNICO MUNICIPAL BOCM 22-05-2012&lt;br&gt;&lt;/a&gt;&lt;a href="https://transparencia.aytovillaviciosadeodon.es/storage/uploads/1737372171MODIFICACION-REGLAMENTOORGANICO-2016.pdf"&gt;MODIFICACIÓN REGLAMENTO ORGÁNICO 2016&lt;br&gt;&lt;/a&gt;&lt;a href="https://transparencia.aytovillaviciosadeodon.es/storage/uploads/1737372171PLENO%2012-07-2023%20COMPOSICI%C3%93N%20Y%20R%C3%89GIMEN%20DE%20SESIONES.pdf"&gt;PLENO 12-07-2023 COMPOSICIÓN Y RÉGIMEN DE SESIONES&lt;/a&gt;&lt;br&gt;&lt;a href="https://transparencia.aytovillaviciosadeodon.es/storage/uploads/1770812426Edicto%20modificaci%C3%B3n%20periodicidad%20sesiones%20Pleno%20y%20Comisiones%20Informativas.pdf"&gt;MODIFICACIÓN DE LA PERIODICIDAD DE LAS SESIONES DE PLENO 29-01-2026&lt;br&gt;&lt;/a&gt;&lt;br&gt;&lt;/div&gt;</t>
   </si>
   <si>
     <t>https://www.aytovillaviciosadeodon.es/tu-ayuntamiento/plenos-municipales/videoteca-de-plenos</t>
   </si>
   <si>
     <t>2023-2027</t>
   </si>
   <si>
     <t>Comisiones Informativas</t>
   </si>
   <si>
-    <t>&lt;div&gt;Las &lt;strong&gt;Comisiones Informativas permanentes&lt;/strong&gt; celebrarán sus sesiones ordinarias con periodicidad mensual, la semana anterior a aquella en la que tenga lugar la sesión ordinaria del pleno, los días que fije la Alcaldía o Presidencia de la comisión, a partir de las 16:00 horas. Si el día que correspondiese celebrar la sesión ordinaria fuese festivo, la sesión se celebrará, con el mismo carácter ordinario, el primer día hábil que siga. &lt;br&gt;&lt;br&gt;&lt;strong&gt;Comisión Informativa de Economía, Hacienda y Especial de Cuentas:&lt;/strong&gt;&lt;/div&gt;&lt;ul&gt;&lt;li&gt;&amp;nbsp;i) Contratación ii) Patrimonio iii) Propuestas sobre ejercicio de acciones administrativas y judiciales, defensa de la Corporación en materia plenaria, y organización de órganos colegiados. iv) Funciona como Comisión Especial de Cuentas (arts. 127.3 ROF y 96.3 ROM). v) Modificación del Reglamento Orgánico Municipal. vi) Materias no incluidas en otras comisiones o áreas.&lt;/li&gt;&lt;/ul&gt;&lt;div&gt;&lt;strong&gt;Comisión Informativa de Recursos Humanos y Régimen Interior:&lt;/strong&gt;&lt;/div&gt;&lt;ul&gt;&lt;li&gt;i) Recursos humanos ii) Nuevas tecnologías iii) Régimen interior iv) Población&lt;/li&gt;&lt;/ul&gt;&lt;div&gt;&lt;strong&gt;Comisión Informativa de Urbanismo, Actividades, Infraestructuras y Servicios Urbanos, y Medio Ambiente:&lt;/strong&gt;&lt;/div&gt;&lt;ul&gt;&lt;li&gt;i) Medio ambiente ii) Urbanismo iii) Actividades iv) Entidades urbanísticas v) Infraestructuras y servicios urbanos vi) Mantenimiento y limpieza de la ciudad&lt;/li&gt;&lt;/ul&gt;&lt;div&gt;&lt;strong&gt;Comisión Informativa de Servicios a la Ciudadanía:&lt;/strong&gt;&lt;/div&gt;&lt;ul&gt;&lt;li&gt;i) Servicios Sociales ii) Seguridad Ciudadana iii) Educación iv) Movilidad y transportes v) Empleo vi) Mujer vii) Mayores viii) Familia ix) Menor x) Juventud xi) Deportes xii) Turismo xiii) Participación ciudadana&lt;/li&gt;&lt;/ul&gt;&lt;div&gt;&lt;strong&gt;Comisión Informativa Especial de Vigilancia de la Contratación:&lt;/strong&gt;&lt;/div&gt;&lt;ul&gt;&lt;li&gt;Examen de expedientes de contratación.&lt;/li&gt;&lt;li&gt;&lt;a href="https://transparencia.aytovillaviciosadeodon.es/storage/uploads/1737372835CI-HAC-24-07-2023%20CONSTITUCI%C3%93N.pdf"&gt;&lt;br&gt;CONSTITUCIÓN DE LA COMISIÓN INFORMATIVA DE ECONOMÍA Y HACIENDA 24-01-2023&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://transparencia.aytovillaviciosadeodon.es/storage/uploads/1737372835CI-RRHH-24-07-2023%20CONSTITUCI%C3%93N.pdf"&gt;CONSTITUCIÓN DE LA COMISIÓN INFORMATIVA DE RECURSOS HUMANOS Y RÉGIMEN INTERIOR DE 24 DE JULIO DE 2023&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://transparencia.aytovillaviciosadeodon.es/storage/uploads/1737372835CI-Servicios-24-07-2023%20CONSTITUCI%C3%93N.pdf"&gt;CONSTITUCIÓN DE LA COMISIÓN INFORMATIVA DE SERVICIOS A LA CIUDADANÍA DE 24 DE JULIO DE 2023&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://transparencia.aytovillaviciosadeodon.es/storage/uploads/1737372836CI-URBANISMO%2024-07-2023%20CONSTITUCI%C3%93N.pdf"&gt;CONSTITUCIÓN DE LA COMISIÓN INFORMATIVA DE URBANISMO, ACTIVIDADES, INFRAESTRUCTURAS Y SERVICIOS URBANOS Y MEDIO AMBIENTE DE 24 DE JULIO DE 2023&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://transparencia.aytovillaviciosadeodon.es/storage/uploads/1737372835CI-Vigilancia%20de%20la%20contrataci%C3%B3n-08-11-23%20CONSTITUCI%C3%93N%20Y%20FUNCIONAMIENTO.pdf"&gt;CONSTITUCIÓN DE LA COMISIÓN INFORMATIVA ESPECIAL DE VIGILANCIA DE LA CONTRATACIÓN CELEBRADA EL DÍA 8 DE NOVIEMBRE DE 2023&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;br&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://transparencia.aytovillaviciosadeodon.es/storage/uploads/1737372835DECRETO%20-%20Delegaci%C3%B3n%20de%20la%20presidencia%20CI%20Vigilancia%20contrataci%C3%B3n.pdf"&gt;DECRETO DE LA ALCALDÍA&lt;br&gt;Asunto: delegación de la presidencia efectiva de la comisión de vigilancia de la contratación&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://transparencia.aytovillaviciosadeodon.es/storage/uploads/1737372835DECRETO%20-%20Delegaci%C3%B3n%20de%20la%20presidencia%20de%20las%20CI.pdf"&gt;DECRETO DE LA ALCALDÍA&lt;br&gt;Asunto: delegación de la presidencia efectiva de las Comisiones Informativas.&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;</t>
+    <t>&lt;div&gt;Las &lt;strong&gt;Comisiones Informativas permanentes&lt;/strong&gt; celebrarán sus sesiones ordinarias con periodicidad mensual, la semana anterior a aquella en la que tenga lugar la sesión ordinaria del pleno, los días que fije la Alcaldía o Presidencia de la comisión, a partir de las 13:00 horas. Si el día que correspondiese celebrar la sesión ordinaria fuese festivo, la sesión se celebrará, con el mismo carácter ordinario, el primer día hábil que siga. &lt;br&gt;&lt;br&gt;&lt;strong&gt;Comisión Informativa de Economía, Hacienda y Especial de Cuentas:&lt;/strong&gt;&lt;/div&gt;&lt;ul&gt;&lt;li&gt;&amp;nbsp;i) Contratación ii) Patrimonio iii) Propuestas sobre ejercicio de acciones administrativas y judiciales, defensa de la Corporación en materia plenaria, y organización de órganos colegiados. iv) Funciona como Comisión Especial de Cuentas (arts. 127.3 ROF y 96.3 ROM). v) Modificación del Reglamento Orgánico Municipal. vi) Materias no incluidas en otras comisiones o áreas.&lt;/li&gt;&lt;/ul&gt;&lt;div&gt;&lt;strong&gt;Comisión Informativa de Recursos Humanos y Régimen Interior:&lt;/strong&gt;&lt;/div&gt;&lt;ul&gt;&lt;li&gt;i) Recursos humanos ii) Nuevas tecnologías iii) Régimen interior iv) Población&lt;/li&gt;&lt;/ul&gt;&lt;div&gt;&lt;strong&gt;Comisión Informativa de Urbanismo, Actividades, Infraestructuras y Servicios Urbanos, y Medio Ambiente:&lt;/strong&gt;&lt;/div&gt;&lt;ul&gt;&lt;li&gt;i) Medio ambiente ii) Urbanismo iii) Actividades iv) Entidades urbanísticas v) Infraestructuras y servicios urbanos vi) Mantenimiento y limpieza de la ciudad&lt;/li&gt;&lt;/ul&gt;&lt;div&gt;&lt;strong&gt;Comisión Informativa de Servicios a la Ciudadanía:&lt;/strong&gt;&lt;/div&gt;&lt;ul&gt;&lt;li&gt;i) Servicios Sociales ii) Seguridad Ciudadana iii) Educación iv) Movilidad y transportes v) Empleo vi) Mujer vii) Mayores viii) Familia ix) Menor x) Juventud xi) Deportes xii) Turismo xiii) Participación ciudadana&lt;/li&gt;&lt;/ul&gt;&lt;div&gt;&lt;strong&gt;Comisión Informativa Especial de Vigilancia de la Contratación:&lt;/strong&gt;&lt;/div&gt;&lt;ul&gt;&lt;li&gt;Examen de expedientes de contratación.&lt;/li&gt;&lt;li&gt;&lt;a href="https://transparencia.aytovillaviciosadeodon.es/storage/uploads/1737372835CI-HAC-24-07-2023%20CONSTITUCI%C3%93N.pdf"&gt;&lt;br&gt;CONSTITUCIÓN DE LA COMISIÓN INFORMATIVA DE ECONOMÍA Y HACIENDA 24-01-2023&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://transparencia.aytovillaviciosadeodon.es/storage/uploads/1737372835CI-RRHH-24-07-2023%20CONSTITUCI%C3%93N.pdf"&gt;CONSTITUCIÓN DE LA COMISIÓN INFORMATIVA DE RECURSOS HUMANOS Y RÉGIMEN INTERIOR DE 24 DE JULIO DE 2023&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://transparencia.aytovillaviciosadeodon.es/storage/uploads/1737372835CI-Servicios-24-07-2023%20CONSTITUCI%C3%93N.pdf"&gt;CONSTITUCIÓN DE LA COMISIÓN INFORMATIVA DE SERVICIOS A LA CIUDADANÍA DE 24 DE JULIO DE 2023&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://transparencia.aytovillaviciosadeodon.es/storage/uploads/1737372836CI-URBANISMO%2024-07-2023%20CONSTITUCI%C3%93N.pdf"&gt;CONSTITUCIÓN DE LA COMISIÓN INFORMATIVA DE URBANISMO, ACTIVIDADES, INFRAESTRUCTURAS Y SERVICIOS URBANOS Y MEDIO AMBIENTE DE 24 DE JULIO DE 2023&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://transparencia.aytovillaviciosadeodon.es/storage/uploads/1737372835CI-Vigilancia%20de%20la%20contrataci%C3%B3n-08-11-23%20CONSTITUCI%C3%93N%20Y%20FUNCIONAMIENTO.pdf"&gt;CONSTITUCIÓN DE LA COMISIÓN INFORMATIVA ESPECIAL DE VIGILANCIA DE LA CONTRATACIÓN CELEBRADA EL DÍA 8 DE NOVIEMBRE DE 2023&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://transparencia.aytovillaviciosadeodon.es/storage/uploads/1770812426Edicto%20modificaci%C3%B3n%20periodicidad%20sesiones%20Pleno%20y%20Comisiones%20Informativas.pdf"&gt;MODIFICACIÓN DE LA PERIODICIDAD DE LAS SESIONES DE COMISIONES INFORMATIVAS 29-01-2026&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;&lt;div&gt;&lt;br&gt;&lt;/div&gt;&lt;ul&gt;&lt;li&gt;&lt;a href="https://transparencia.aytovillaviciosadeodon.es/storage/uploads/1737372835DECRETO%20-%20Delegaci%C3%B3n%20de%20la%20presidencia%20CI%20Vigilancia%20contrataci%C3%B3n.pdf"&gt;DECRETO DE LA ALCALDÍA&lt;br&gt;Asunto: delegación de la presidencia efectiva de la comisión de vigilancia de la contratación&lt;/a&gt;&lt;/li&gt;&lt;li&gt;&lt;a href="https://transparencia.aytovillaviciosadeodon.es/storage/uploads/1737372835DECRETO%20-%20Delegaci%C3%B3n%20de%20la%20presidencia%20de%20las%20CI.pdf"&gt;DECRETO DE LA ALCALDÍA&lt;br&gt;Asunto: delegación de la presidencia efectiva de las Comisiones Informativas.&lt;/a&gt;&lt;/li&gt;&lt;/ul&gt;</t>
   </si>
   <si>
     <t>Junta de Gobierno Local</t>
   </si>
   <si>
     <t>&lt;div&gt;Es un órgano colegiado que tiene como función propia la asistencia al Alcalde en el ejercicio de sus funciones. La forman el Alcalde, que la preside y los Concejales que éste designe libremente, en un número no superior al tercio del número de concejales que componen el Pleno.&lt;br&gt;&lt;br&gt;&lt;/div&gt;&lt;div&gt;También puede ejercer las competencias que le deleguen el Alcalde o el Pleno del Ayuntamiento.&lt;br&gt;&lt;br&gt;&lt;/div&gt;&lt;div&gt;Sus reuniones no son públicas, salvo cuando ejerce competencias delegadas por el Pleno.&lt;br&gt;&lt;br&gt;&lt;/div&gt;&lt;div&gt;La Junta de Gobierno Local del Ayuntamiento de Villaviciosa de Odón celebra sus sesiones ordinarias con periodicidad semanal, los miércoles a las 09:00 horas en primera convocatoria por acuerdo adoptado en la sesión constitutiva celebrada el 5 de julio de 2023.&lt;br&gt;&lt;br&gt;&lt;/div&gt;&lt;div&gt;En la actualidad, la Junta de Gobierno Local ejerce las competencias delegadas por el Alcalde en la Resolución de 28 de junio de 2023.&lt;br&gt;&lt;br&gt;&lt;a href="https://transparencia.aytovillaviciosadeodon.es/storage/uploads/1737372062JGL%2005-07-2023%20COMPOSICI%C3%93N%20Y%20R%C3%89GIMEN%20DE%20SESIONES.pdf"&gt;JGL 05-07-2023 COMPOSICIÓN Y RÉGIMEN DE SESIONES&lt;br&gt;&lt;/a&gt;&lt;br&gt;&lt;strong&gt;Composición&lt;br&gt;&lt;/strong&gt;Dª María San Román Alonso&lt;br&gt;D. Federico Crespo Iglesias&lt;br&gt;D. Imanol Fernández Gama&lt;br&gt;Dª. Isabel Donate Palencia&lt;br&gt;D. Pablo Antonio Rodríguez Delgado&lt;br&gt;D. Ernesto Jorge Serigós Susini&lt;br&gt;D. José Manuel Piñeiro Pérez&lt;br&gt;&lt;br&gt;&lt;a href="https://transparencia.aytovillaviciosadeodon.es/storage/uploads/1737371488DEC-Nombra%20miembros%20JGL%20y%20TTE%20alcalde.pdf"&gt;Nombramiento miembros Junta de Gobierno Local y Tenientes de Alcalde&lt;br&gt;&lt;br&gt;&lt;/a&gt;&lt;a href="https://transparencia.aytovillaviciosadeodon.es/storage/uploads/1737371488DECRETO%20-%20NOMBRAMIENTO%202%20TENIENTE%20DE%20ALCALDE.pdf"&gt;Nombramiento 2 Tenientes de Alcalde&lt;/a&gt;&lt;/div&gt;</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -445,51 +445,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="75" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:Z1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="28" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="4472" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="4814" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="109" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="19" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="13" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>